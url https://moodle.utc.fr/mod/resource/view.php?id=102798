--- v0 (2025-10-31)
+++ v1 (2026-02-16)
@@ -1,1219 +1,307 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="10550CCC" w14:textId="216F2136" w:rsidR="001F4BBA" w:rsidRDefault="001F4BBA" w:rsidP="001F4BBA">
+    <w:p w14:paraId="10550CCC" w14:textId="24CA36F7" w:rsidR="001F4BBA" w:rsidRDefault="00706FAE" w:rsidP="00D5005C">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000080"/>
           <w:sz w:val="48"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000080"/>
           <w:sz w:val="48"/>
           <w:u w:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve">SI28 </w:t>
+        <w:t>S</w:t>
       </w:r>
-      <w:r w:rsidR="001A6291">
+      <w:r w:rsidR="001F4BBA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000080"/>
           <w:sz w:val="48"/>
           <w:u w:val="none"/>
         </w:rPr>
-        <w:t>Automne</w:t>
+        <w:t xml:space="preserve">I28 </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00EB439F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000080"/>
           <w:sz w:val="48"/>
           <w:u w:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 202</w:t>
+        <w:t xml:space="preserve">Printemps </w:t>
       </w:r>
-      <w:r w:rsidR="00314B13">
+      <w:r w:rsidR="001F4BBA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000080"/>
           <w:sz w:val="48"/>
           <w:u w:val="none"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB439F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000080"/>
+          <w:sz w:val="48"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="782BB89B" w14:textId="131E3E8F" w:rsidR="001F4BBA" w:rsidRDefault="00B35AAC" w:rsidP="001F4BBA">
+    <w:p w14:paraId="33F5EBD1" w14:textId="77777777" w:rsidR="00E166EA" w:rsidRDefault="00E166EA" w:rsidP="001F4BBA">
+      <w:pPr>
+        <w:pStyle w:val="Titre2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000080"/>
+          <w:sz w:val="36"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="782BB89B" w14:textId="1BFF809E" w:rsidR="001F4BBA" w:rsidRDefault="00B35AAC" w:rsidP="001F4BBA">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000080"/>
           <w:sz w:val="36"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000080"/>
           <w:sz w:val="36"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="001F4BBA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000080"/>
           <w:sz w:val="36"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>TD1 mardi matin</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40561BA7" w14:textId="77777777" w:rsidR="001F4BBA" w:rsidRDefault="001F4BBA" w:rsidP="001F4BBA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="426FAD8F" w14:textId="0AC051E1" w:rsidR="001F4BBA" w:rsidRDefault="001F4BBA" w:rsidP="001F4BBA">
+    <w:p w14:paraId="426FAD8F" w14:textId="2C35A799" w:rsidR="001F4BBA" w:rsidRDefault="001F4BBA" w:rsidP="001F4BBA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="00A85F25">
+      <w:r w:rsidR="00EB439F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t>8</w:t>
+        <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> étudiants</w:t>
       </w:r>
       <w:r w:rsidR="00482671">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (5 MT, </w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> GU, 2 HU, 2 TC)</w:t>
+        <w:t xml:space="preserve"> ()</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9351" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4673"/>
         <w:gridCol w:w="4678"/>
       </w:tblGrid>
       <w:tr w:rsidR="001F4BBA" w14:paraId="138B5878" w14:textId="77777777" w:rsidTr="006A2E14">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4673" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1FB29A0A" w14:textId="45D70BA7" w:rsidR="008E2CB2" w:rsidRPr="008E2CB2" w:rsidRDefault="008E2CB2" w:rsidP="008E2CB2">
+          <w:p w14:paraId="3C87D13F" w14:textId="50BC2A18" w:rsidR="003773DB" w:rsidRPr="006F1B4C" w:rsidRDefault="003773DB" w:rsidP="008E2CB2">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="916"/>
                 <w:tab w:val="left" w:pos="1832"/>
                 <w:tab w:val="left" w:pos="2748"/>
                 <w:tab w:val="left" w:pos="3664"/>
                 <w:tab w:val="left" w:pos="4580"/>
                 <w:tab w:val="left" w:pos="5496"/>
                 <w:tab w:val="left" w:pos="6412"/>
                 <w:tab w:val="left" w:pos="7328"/>
                 <w:tab w:val="left" w:pos="8244"/>
                 <w:tab w:val="left" w:pos="9160"/>
                 <w:tab w:val="left" w:pos="10076"/>
                 <w:tab w:val="left" w:pos="10992"/>
                 <w:tab w:val="left" w:pos="11908"/>
                 <w:tab w:val="left" w:pos="12824"/>
                 <w:tab w:val="left" w:pos="13740"/>
                 <w:tab w:val="left" w:pos="14656"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...22 lines deleted...]
-            </w:r>
           </w:p>
-          <w:p w14:paraId="21CC4268" w14:textId="2A9528FA" w:rsidR="008E2CB2" w:rsidRPr="008E2CB2" w:rsidRDefault="008E2CB2" w:rsidP="008E2CB2">
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4678" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5D474E15" w14:textId="7DAF7F86" w:rsidR="001F4BBA" w:rsidRPr="006F1B4C" w:rsidRDefault="001F4BBA" w:rsidP="008E2CB2">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="916"/>
                 <w:tab w:val="left" w:pos="1832"/>
                 <w:tab w:val="left" w:pos="2748"/>
                 <w:tab w:val="left" w:pos="3664"/>
                 <w:tab w:val="left" w:pos="4580"/>
                 <w:tab w:val="left" w:pos="5496"/>
                 <w:tab w:val="left" w:pos="6412"/>
                 <w:tab w:val="left" w:pos="7328"/>
                 <w:tab w:val="left" w:pos="8244"/>
                 <w:tab w:val="left" w:pos="9160"/>
                 <w:tab w:val="left" w:pos="10076"/>
                 <w:tab w:val="left" w:pos="10992"/>
                 <w:tab w:val="left" w:pos="11908"/>
                 <w:tab w:val="left" w:pos="12824"/>
                 <w:tab w:val="left" w:pos="13740"/>
                 <w:tab w:val="left" w:pos="14656"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="22"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008E2CB2">
-[...881 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="63CDA917" w14:textId="3D50D2E1" w:rsidR="001F4BBA" w:rsidRDefault="001F4BBA" w:rsidP="001F4BBA">
       <w:pPr>
         <w:pStyle w:val="Titre3"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:u w:val="none"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:br/>
         <w:t>8 Exposés</w:t>
       </w:r>
@@ -1281,286 +369,241 @@
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="pct20" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="28802F0E" w14:textId="77777777" w:rsidR="001F4BBA" w:rsidRDefault="001F4BBA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>Etudiants</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F4BBA" w14:paraId="22313D2D" w14:textId="77777777" w:rsidTr="00020735">
+      <w:tr w:rsidR="001F4BBA" w:rsidRPr="00E30294" w14:paraId="22313D2D" w14:textId="77777777" w:rsidTr="00020735">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="70"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3227" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="27A8A95C" w14:textId="77777777" w:rsidR="001F4BBA" w:rsidRPr="00373347" w:rsidRDefault="001F4BBA">
+          <w:p w14:paraId="27A8A95C" w14:textId="77777777" w:rsidR="001F4BBA" w:rsidRPr="00E30294" w:rsidRDefault="001F4BBA">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00373347">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E30294">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
-              <w:t xml:space="preserve">Twine </w:t>
+              <w:t>Twine</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E30294">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6061" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0C75E725" w14:textId="60827DF6" w:rsidR="001F4BBA" w:rsidRPr="00373347" w:rsidRDefault="00C8241C">
+          <w:p w14:paraId="0C75E725" w14:textId="60693B43" w:rsidR="001F4BBA" w:rsidRPr="00E30294" w:rsidRDefault="001F4BBA">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008E2CB2">
-[...6 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001F4BBA" w14:paraId="4A30294D" w14:textId="77777777" w:rsidTr="00020735">
         <w:trPr>
           <w:trHeight w:val="316"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3227" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5604ACCE" w14:textId="77777777" w:rsidR="001F4BBA" w:rsidRPr="00373347" w:rsidRDefault="001F4BBA">
+          <w:p w14:paraId="5604ACCE" w14:textId="1C1A94B0" w:rsidR="001F4BBA" w:rsidRPr="00373347" w:rsidRDefault="00DC48A6">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00373347">
+            <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
-              <w:t>Unity</w:t>
+              <w:t>Godot</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6061" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1B81A93C" w14:textId="77777777" w:rsidR="00C8241C" w:rsidRDefault="00C8241C">
+          <w:p w14:paraId="0C66434A" w14:textId="40136948" w:rsidR="001F4BBA" w:rsidRPr="00373347" w:rsidRDefault="001F4BBA">
             <w:pPr>
               <w:ind w:firstLine="25"/>
               <w:rPr>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="22"/>
-                <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008E2CB2">
-[...23 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001F4BBA" w14:paraId="0F9AF7E5" w14:textId="77777777" w:rsidTr="00020735">
         <w:trPr>
           <w:trHeight w:val="316"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3227" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="34AD4A63" w14:textId="420DFDAA" w:rsidR="001F4BBA" w:rsidRPr="00373347" w:rsidRDefault="001F4BBA">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00373347">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>Figma</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="001F074F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve"> et </w:t>
             </w:r>
             <w:r w:rsidR="001F074F" w:rsidRPr="00373347">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>HTML</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6061" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="770B8284" w14:textId="537FF3E4" w:rsidR="001F4BBA" w:rsidRPr="00373347" w:rsidRDefault="00C24191">
+          <w:p w14:paraId="770B8284" w14:textId="43BAD73B" w:rsidR="001F4BBA" w:rsidRPr="00211C76" w:rsidRDefault="001F4BBA">
             <w:pPr>
-              <w:rPr>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="008E2CB2">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
               </w:rPr>
-              <w:t xml:space="preserve">LEFEVRE TOM         </w:t>
-[...16 lines deleted...]
-            </w:r>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001F4BBA" w14:paraId="7D916E61" w14:textId="77777777" w:rsidTr="00020735">
         <w:trPr>
           <w:trHeight w:val="316"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3227" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4724BC12" w14:textId="12A666A4" w:rsidR="001F4BBA" w:rsidRPr="00373347" w:rsidRDefault="001F4BBA">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
@@ -1580,65 +623,57 @@
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve">/ CSS </w:t>
             </w:r>
             <w:r w:rsidRPr="00373347">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>/ JavaScript</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6061" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="674FDB00" w14:textId="253303A8" w:rsidR="001F4BBA" w:rsidRPr="00373347" w:rsidRDefault="00C8241C">
+          <w:p w14:paraId="674FDB00" w14:textId="71DFD7BC" w:rsidR="001F4BBA" w:rsidRPr="00373347" w:rsidRDefault="001F4BBA">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008E2CB2">
-[...6 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001F4BBA" w14:paraId="55306ECE" w14:textId="77777777" w:rsidTr="00020735">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3227" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4F448835" w14:textId="26D7153D" w:rsidR="001F4BBA" w:rsidRPr="00373347" w:rsidRDefault="00F873C2">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -1655,335 +690,309 @@
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>(code, images, sons, vidéos)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6061" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="132A3498" w14:textId="34F66A6A" w:rsidR="001F4BBA" w:rsidRPr="00C8241C" w:rsidRDefault="00C8241C">
+          <w:p w14:paraId="132A3498" w14:textId="33643751" w:rsidR="001F4BBA" w:rsidRPr="00C8241C" w:rsidRDefault="001F4BBA">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008E2CB2">
-[...6 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001F4BBA" w14:paraId="73E780AB" w14:textId="77777777" w:rsidTr="00020735">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3227" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3E17A888" w14:textId="19F07AFA" w:rsidR="001F4BBA" w:rsidRPr="00373347" w:rsidRDefault="00F873C2">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00373347">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>Gimp</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve"> et </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="001F4BBA" w:rsidRPr="00373347">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>Inkscape</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6061" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2CA93F20" w14:textId="0AA948D1" w:rsidR="001F4BBA" w:rsidRPr="00373347" w:rsidRDefault="00C8241C">
+          <w:p w14:paraId="2CA93F20" w14:textId="26AAE72F" w:rsidR="001F4BBA" w:rsidRPr="00373347" w:rsidRDefault="001F4BBA">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008E2CB2">
-[...6 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001F4BBA" w14:paraId="336A0894" w14:textId="77777777" w:rsidTr="00020735">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3227" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="13401C5B" w14:textId="228B20D0" w:rsidR="001F4BBA" w:rsidRPr="00373347" w:rsidRDefault="001F4BBA">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00373347">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Audacity et </w:t>
             </w:r>
             <w:r w:rsidR="00203378">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Reaper</w:t>
             </w:r>
             <w:r w:rsidR="00EF72E1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (ou FL Studio)</w:t>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00EF72E1">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ou</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00EF72E1">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> FL Studio)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6061" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1D8C88D5" w14:textId="2CDB5AEC" w:rsidR="001F4BBA" w:rsidRPr="00373347" w:rsidRDefault="00C8241C">
+          <w:p w14:paraId="1D8C88D5" w14:textId="0573B7DD" w:rsidR="001F4BBA" w:rsidRPr="00373347" w:rsidRDefault="001F4BBA">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008E2CB2">
-[...6 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001F4BBA" w14:paraId="62F6AA8A" w14:textId="77777777" w:rsidTr="00020735">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3227" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="05D7EE43" w14:textId="6C6BF985" w:rsidR="001F4BBA" w:rsidRPr="00373347" w:rsidRDefault="00612AFD">
+          <w:p w14:paraId="05D7EE43" w14:textId="24B78090" w:rsidR="001F4BBA" w:rsidRPr="00373347" w:rsidRDefault="0040586B">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Da Vinci Resolve</w:t>
+              <w:t>Shotcut</w:t>
             </w:r>
-            <w:r w:rsidR="0040586B">
-[...14 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6061" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="47DC214F" w14:textId="2BE69B8A" w:rsidR="001F4BBA" w:rsidRPr="00373347" w:rsidRDefault="00C8241C">
+          <w:p w14:paraId="47DC214F" w14:textId="43615F32" w:rsidR="001F4BBA" w:rsidRPr="00373347" w:rsidRDefault="001F4BBA">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008E2CB2">
-[...6 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1897249A" w14:textId="3D60D718" w:rsidR="001F4BBA" w:rsidRDefault="00B35AAC" w:rsidP="001F4BBA">
+    <w:p w14:paraId="1897249A" w14:textId="1F0C8A16" w:rsidR="001F4BBA" w:rsidRDefault="00B35AAC" w:rsidP="001F4BBA">
       <w:pPr>
         <w:pStyle w:val="Titre3"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="00415405">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00EB439F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:u w:val="none"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>x</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="001F4BBA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> Projets</w:t>
       </w:r>
-      <w:r w:rsidR="001A6291">
+    </w:p>
+    <w:p w14:paraId="2EFF878A" w14:textId="77777777" w:rsidR="00E166EA" w:rsidRPr="00E166EA" w:rsidRDefault="00E166EA" w:rsidP="00E166EA">
+      <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:u w:val="none"/>
+          <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:br/>
-      </w:r>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9270" w:type="dxa"/>
         <w:tblInd w:w="38" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="38"/>
         <w:gridCol w:w="4424"/>
         <w:gridCol w:w="4800"/>
         <w:gridCol w:w="8"/>
       </w:tblGrid>
       <w:tr w:rsidR="001F4BBA" w14:paraId="50FD8194" w14:textId="77777777" w:rsidTr="008968F5">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
@@ -2048,589 +1057,345 @@
       </w:tr>
       <w:tr w:rsidR="001F4BBA" w14:paraId="3A51E569" w14:textId="77777777" w:rsidTr="008968F5">
         <w:trPr>
           <w:gridBefore w:val="1"/>
           <w:gridAfter w:val="1"/>
           <w:wBefore w:w="38" w:type="dxa"/>
           <w:wAfter w:w="8" w:type="dxa"/>
           <w:trHeight w:val="446"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4424" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="70" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="70" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2A8D64B2" w14:textId="7BA6FABD" w:rsidR="001F4BBA" w:rsidRPr="001D1E26" w:rsidRDefault="003C4DD8">
+          <w:p w14:paraId="2A8D64B2" w14:textId="691563AB" w:rsidR="001F4BBA" w:rsidRPr="001D1E26" w:rsidRDefault="001F4BBA">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001D1E26">
-[...41 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4800" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="70" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="70" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0D5CC082" w14:textId="67266E41" w:rsidR="001F4BBA" w:rsidRPr="0038604D" w:rsidRDefault="00AF14C6">
+          <w:p w14:paraId="0D5CC082" w14:textId="3F1A254A" w:rsidR="001F4BBA" w:rsidRPr="006A6BEA" w:rsidRDefault="001F4BBA">
             <w:pPr>
               <w:rPr>
+                <w:color w:val="FF0000"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0038604D">
-[...10 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001F4BBA" w14:paraId="55982323" w14:textId="77777777" w:rsidTr="008968F5">
         <w:trPr>
           <w:gridBefore w:val="1"/>
           <w:gridAfter w:val="1"/>
           <w:wBefore w:w="38" w:type="dxa"/>
           <w:wAfter w:w="8" w:type="dxa"/>
           <w:trHeight w:val="319"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4424" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="70" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="70" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4F9491C2" w14:textId="09D5A2E9" w:rsidR="00061D11" w:rsidRPr="00610708" w:rsidRDefault="00061D11">
+          <w:p w14:paraId="4F9491C2" w14:textId="59F19D49" w:rsidR="00061D11" w:rsidRPr="00610708" w:rsidRDefault="00061D11">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001D1E26">
-[...54 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4800" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="70" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="70" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0EDD29C5" w14:textId="15AF5FF3" w:rsidR="001F4BBA" w:rsidRPr="0038604D" w:rsidRDefault="00061D11">
+          <w:p w14:paraId="0EDD29C5" w14:textId="749D8483" w:rsidR="001F4BBA" w:rsidRPr="0038604D" w:rsidRDefault="001F4BBA">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0038604D">
-[...4 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EF2C4B" w14:paraId="42E39ED4" w14:textId="77777777" w:rsidTr="008968F5">
         <w:trPr>
           <w:gridBefore w:val="1"/>
           <w:gridAfter w:val="1"/>
           <w:wBefore w:w="38" w:type="dxa"/>
           <w:wAfter w:w="8" w:type="dxa"/>
           <w:trHeight w:val="319"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4424" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="70" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="70" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="00F4B79B" w14:textId="2FAC843B" w:rsidR="00EF2C4B" w:rsidRPr="001D1E26" w:rsidRDefault="00061D11" w:rsidP="00EF2C4B">
+          <w:p w14:paraId="00F4B79B" w14:textId="1D134533" w:rsidR="00EF2C4B" w:rsidRPr="001D1E26" w:rsidRDefault="00EF2C4B" w:rsidP="00EF2C4B">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001D1E26">
-[...22 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4800" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="70" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="70" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="473477C5" w14:textId="5CDFB4AF" w:rsidR="00EF2C4B" w:rsidRPr="0038604D" w:rsidRDefault="00061D11" w:rsidP="00EF2C4B">
+          <w:p w14:paraId="473477C5" w14:textId="252BD190" w:rsidR="00EF2C4B" w:rsidRPr="0038604D" w:rsidRDefault="00EF2C4B" w:rsidP="00EF2C4B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="916"/>
                 <w:tab w:val="left" w:pos="1832"/>
                 <w:tab w:val="left" w:pos="2748"/>
                 <w:tab w:val="left" w:pos="3664"/>
                 <w:tab w:val="left" w:pos="4580"/>
                 <w:tab w:val="left" w:pos="5496"/>
                 <w:tab w:val="left" w:pos="6412"/>
                 <w:tab w:val="left" w:pos="7328"/>
                 <w:tab w:val="left" w:pos="8244"/>
                 <w:tab w:val="left" w:pos="9160"/>
                 <w:tab w:val="left" w:pos="10076"/>
                 <w:tab w:val="left" w:pos="10992"/>
                 <w:tab w:val="left" w:pos="11908"/>
                 <w:tab w:val="left" w:pos="12824"/>
                 <w:tab w:val="left" w:pos="13740"/>
                 <w:tab w:val="left" w:pos="14656"/>
               </w:tabs>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0038604D">
-[...4 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001C72EA" w14:paraId="36583F01" w14:textId="77777777" w:rsidTr="008968F5">
         <w:trPr>
           <w:gridBefore w:val="1"/>
           <w:gridAfter w:val="1"/>
           <w:wBefore w:w="38" w:type="dxa"/>
           <w:wAfter w:w="8" w:type="dxa"/>
           <w:trHeight w:val="319"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4424" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="70" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="70" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="442532CD" w14:textId="083A1924" w:rsidR="001C72EA" w:rsidRPr="001D1E26" w:rsidRDefault="00061D11" w:rsidP="00A724E2">
+          <w:p w14:paraId="442532CD" w14:textId="02D4B789" w:rsidR="001C72EA" w:rsidRPr="001D1E26" w:rsidRDefault="001C72EA" w:rsidP="00A724E2">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001D1E26">
-[...29 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4800" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="70" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="70" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="621AB9D6" w14:textId="3296782D" w:rsidR="001C72EA" w:rsidRPr="0038604D" w:rsidRDefault="00061D11">
+          <w:p w14:paraId="621AB9D6" w14:textId="07527EBC" w:rsidR="001C72EA" w:rsidRPr="0038604D" w:rsidRDefault="001C72EA">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="916"/>
                 <w:tab w:val="left" w:pos="1832"/>
                 <w:tab w:val="left" w:pos="2748"/>
                 <w:tab w:val="left" w:pos="3664"/>
                 <w:tab w:val="left" w:pos="4580"/>
                 <w:tab w:val="left" w:pos="5496"/>
                 <w:tab w:val="left" w:pos="6412"/>
                 <w:tab w:val="left" w:pos="7328"/>
                 <w:tab w:val="left" w:pos="8244"/>
                 <w:tab w:val="left" w:pos="9160"/>
                 <w:tab w:val="left" w:pos="10076"/>
                 <w:tab w:val="left" w:pos="10992"/>
                 <w:tab w:val="left" w:pos="11908"/>
                 <w:tab w:val="left" w:pos="12824"/>
                 <w:tab w:val="left" w:pos="13740"/>
                 <w:tab w:val="left" w:pos="14656"/>
               </w:tabs>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0038604D">
-[...22 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001F4BBA" w14:paraId="22CADD82" w14:textId="77777777" w:rsidTr="008968F5">
         <w:trPr>
           <w:gridBefore w:val="1"/>
           <w:gridAfter w:val="1"/>
           <w:wBefore w:w="38" w:type="dxa"/>
           <w:wAfter w:w="8" w:type="dxa"/>
           <w:trHeight w:val="319"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4424" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="70" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="70" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7CE0E368" w14:textId="624EAE67" w:rsidR="00061D11" w:rsidRPr="001D1E26" w:rsidRDefault="00061D11">
+          <w:p w14:paraId="7CE0E368" w14:textId="3117EB6D" w:rsidR="00061D11" w:rsidRPr="001D1E26" w:rsidRDefault="00061D11">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001D1E26">
-[...23 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4800" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="70" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="70" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5A8105DD" w14:textId="2E831056" w:rsidR="001F4BBA" w:rsidRPr="0038604D" w:rsidRDefault="00061D11">
+          <w:p w14:paraId="5A8105DD" w14:textId="3591AFF4" w:rsidR="001F4BBA" w:rsidRPr="0038604D" w:rsidRDefault="001F4BBA">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0038604D">
-[...16 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="73591E07" w14:textId="0DA6D885" w:rsidR="001A6291" w:rsidRDefault="001A6291" w:rsidP="001A6291"/>
     <w:p w14:paraId="08B4D011" w14:textId="77777777" w:rsidR="00314B13" w:rsidRDefault="00314B13">
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000080"/>
           <w:sz w:val="36"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000080"/>
           <w:sz w:val="36"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
@@ -2643,2700 +1408,1328 @@
           <w:sz w:val="36"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000080"/>
           <w:sz w:val="36"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>TD2 mardi après-midi</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4680DB46" w14:textId="77777777" w:rsidR="001A6291" w:rsidRDefault="001A6291" w:rsidP="001A6291">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5868DDE0" w14:textId="25310BCE" w:rsidR="001A6291" w:rsidRDefault="001A6291" w:rsidP="001A6291">
+    <w:p w14:paraId="23CDF107" w14:textId="77777777" w:rsidR="00EB439F" w:rsidRDefault="00EB439F" w:rsidP="00EB439F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t>18 étudiants</w:t>
-[...26 lines deleted...]
-        <w:t xml:space="preserve"> TC, 3 HU, 1 MT)</w:t>
+        <w:t>15 étudiants ()</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9351" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4673"/>
         <w:gridCol w:w="4678"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001A6291" w14:paraId="4DEE83D5" w14:textId="77777777" w:rsidTr="00F0621F">
+      <w:tr w:rsidR="00EB439F" w14:paraId="15925F6D" w14:textId="77777777" w:rsidTr="00072B55">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4673" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="73F99F86" w14:textId="2847C622" w:rsidR="008E2CB2" w:rsidRPr="008E2CB2" w:rsidRDefault="008E2CB2" w:rsidP="008E2CB2">
+          <w:p w14:paraId="2EA46C1E" w14:textId="77777777" w:rsidR="00EB439F" w:rsidRPr="006F1B4C" w:rsidRDefault="00EB439F" w:rsidP="00072B55">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="916"/>
                 <w:tab w:val="left" w:pos="1832"/>
                 <w:tab w:val="left" w:pos="2748"/>
                 <w:tab w:val="left" w:pos="3664"/>
                 <w:tab w:val="left" w:pos="4580"/>
                 <w:tab w:val="left" w:pos="5496"/>
                 <w:tab w:val="left" w:pos="6412"/>
                 <w:tab w:val="left" w:pos="7328"/>
                 <w:tab w:val="left" w:pos="8244"/>
                 <w:tab w:val="left" w:pos="9160"/>
                 <w:tab w:val="left" w:pos="10076"/>
                 <w:tab w:val="left" w:pos="10992"/>
                 <w:tab w:val="left" w:pos="11908"/>
                 <w:tab w:val="left" w:pos="12824"/>
                 <w:tab w:val="left" w:pos="13740"/>
                 <w:tab w:val="left" w:pos="14656"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...30 lines deleted...]
-            </w:r>
           </w:p>
-          <w:p w14:paraId="4A69C620" w14:textId="02EA59B6" w:rsidR="008E2CB2" w:rsidRPr="008E2CB2" w:rsidRDefault="008E2CB2" w:rsidP="008E2CB2">
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4678" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="74D474D1" w14:textId="77777777" w:rsidR="00EB439F" w:rsidRPr="006F1B4C" w:rsidRDefault="00EB439F" w:rsidP="00072B55">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="916"/>
                 <w:tab w:val="left" w:pos="1832"/>
                 <w:tab w:val="left" w:pos="2748"/>
                 <w:tab w:val="left" w:pos="3664"/>
                 <w:tab w:val="left" w:pos="4580"/>
                 <w:tab w:val="left" w:pos="5496"/>
                 <w:tab w:val="left" w:pos="6412"/>
                 <w:tab w:val="left" w:pos="7328"/>
                 <w:tab w:val="left" w:pos="8244"/>
                 <w:tab w:val="left" w:pos="9160"/>
                 <w:tab w:val="left" w:pos="10076"/>
                 <w:tab w:val="left" w:pos="10992"/>
                 <w:tab w:val="left" w:pos="11908"/>
                 <w:tab w:val="left" w:pos="12824"/>
                 <w:tab w:val="left" w:pos="13740"/>
                 <w:tab w:val="left" w:pos="14656"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="22"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008E2CB2">
-[...940 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5244746B" w14:textId="77777777" w:rsidR="001A6291" w:rsidRDefault="001A6291" w:rsidP="001A6291">
+    <w:p w14:paraId="2B63A8D9" w14:textId="77777777" w:rsidR="00EB439F" w:rsidRDefault="00EB439F" w:rsidP="00EB439F">
       <w:pPr>
         <w:pStyle w:val="Titre3"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:u w:val="none"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:br/>
         <w:t>8 Exposés</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9288" w:type="dxa"/>
+        <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3227"/>
         <w:gridCol w:w="1417"/>
         <w:gridCol w:w="4644"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001A6291" w14:paraId="24FFFA30" w14:textId="77777777" w:rsidTr="00F873C2">
+      <w:tr w:rsidR="00EB439F" w14:paraId="3EAF1DD5" w14:textId="77777777" w:rsidTr="00072B55">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4644" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="pct20" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2733183F" w14:textId="77777777" w:rsidR="001A6291" w:rsidRDefault="001A6291" w:rsidP="00F0621F">
+          <w:p w14:paraId="295154EA" w14:textId="77777777" w:rsidR="00EB439F" w:rsidRDefault="00EB439F" w:rsidP="00072B55">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>Sujet d’exposé</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4644" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="pct20" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6E35E786" w14:textId="77777777" w:rsidR="001A6291" w:rsidRDefault="001A6291" w:rsidP="00F0621F">
+          <w:p w14:paraId="303364CF" w14:textId="77777777" w:rsidR="00EB439F" w:rsidRDefault="00EB439F" w:rsidP="00072B55">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>Etudiants</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F873C2" w14:paraId="01FA6580" w14:textId="77777777" w:rsidTr="00F873C2">
+      <w:tr w:rsidR="00EB439F" w:rsidRPr="00E30294" w14:paraId="535A6169" w14:textId="77777777" w:rsidTr="00072B55">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="70"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3227" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0B2DDCAE" w14:textId="0C328E5B" w:rsidR="00F873C2" w:rsidRPr="00373347" w:rsidRDefault="00F873C2" w:rsidP="00F873C2">
+          <w:p w14:paraId="5F185CE7" w14:textId="77777777" w:rsidR="00EB439F" w:rsidRPr="00E30294" w:rsidRDefault="00EB439F" w:rsidP="00072B55">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00373347">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E30294">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
-              <w:t xml:space="preserve">Twine </w:t>
+              <w:t>Twine</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E30294">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6061" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7977BF7F" w14:textId="0B44710A" w:rsidR="00F873C2" w:rsidRPr="00373347" w:rsidRDefault="0027792A" w:rsidP="00F873C2">
+          <w:p w14:paraId="44B0F2AB" w14:textId="77777777" w:rsidR="00EB439F" w:rsidRPr="00E30294" w:rsidRDefault="00EB439F" w:rsidP="00072B55">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...6 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F873C2" w14:paraId="7DA85D73" w14:textId="77777777" w:rsidTr="00F873C2">
+      <w:tr w:rsidR="00EB439F" w14:paraId="10A8B884" w14:textId="77777777" w:rsidTr="00072B55">
         <w:trPr>
           <w:trHeight w:val="316"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3227" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7E148470" w14:textId="382B90D8" w:rsidR="00F873C2" w:rsidRPr="00373347" w:rsidRDefault="00F873C2" w:rsidP="00F873C2">
+          <w:p w14:paraId="4D57EA70" w14:textId="77777777" w:rsidR="00EB439F" w:rsidRPr="00373347" w:rsidRDefault="00EB439F" w:rsidP="00072B55">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00373347">
+            <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
-              <w:t>Unity</w:t>
+              <w:t>Godot</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6061" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7429AB95" w14:textId="122402AB" w:rsidR="00F873C2" w:rsidRPr="00373347" w:rsidRDefault="0027792A" w:rsidP="00F873C2">
+          <w:p w14:paraId="40C996BD" w14:textId="77777777" w:rsidR="00EB439F" w:rsidRPr="00373347" w:rsidRDefault="00EB439F" w:rsidP="00072B55">
             <w:pPr>
               <w:ind w:firstLine="25"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00072EDE" w14:paraId="1ADEB2D1" w14:textId="77777777" w:rsidTr="00F873C2">
+      <w:tr w:rsidR="00EB439F" w14:paraId="5EEB2604" w14:textId="77777777" w:rsidTr="00072B55">
         <w:trPr>
           <w:trHeight w:val="316"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3227" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3F15FB64" w14:textId="3DA46CC3" w:rsidR="00072EDE" w:rsidRPr="00373347" w:rsidRDefault="00072EDE" w:rsidP="00072EDE">
+          <w:p w14:paraId="33BB49FD" w14:textId="77777777" w:rsidR="00EB439F" w:rsidRPr="00373347" w:rsidRDefault="00EB439F" w:rsidP="00072B55">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00373347">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>Figma</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve"> et </w:t>
             </w:r>
             <w:r w:rsidRPr="00373347">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>HTML</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6061" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4959F37C" w14:textId="3FF340BB" w:rsidR="00072EDE" w:rsidRPr="00373347" w:rsidRDefault="0027792A" w:rsidP="00072EDE">
+          <w:p w14:paraId="331244EE" w14:textId="77777777" w:rsidR="00EB439F" w:rsidRPr="00211C76" w:rsidRDefault="00EB439F" w:rsidP="00072B55">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00072EDE" w14:paraId="618048B8" w14:textId="77777777" w:rsidTr="00F873C2">
+      <w:tr w:rsidR="00EB439F" w14:paraId="537C0BB4" w14:textId="77777777" w:rsidTr="00072B55">
         <w:trPr>
           <w:trHeight w:val="316"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3227" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6C7EBC70" w14:textId="146C2C58" w:rsidR="00072EDE" w:rsidRPr="00373347" w:rsidRDefault="00072EDE" w:rsidP="00072EDE">
+          <w:p w14:paraId="7E1E5332" w14:textId="77777777" w:rsidR="00EB439F" w:rsidRPr="00373347" w:rsidRDefault="00EB439F" w:rsidP="00072B55">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00373347">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>HTML / CSS / JavaScript</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6061" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="550FFD96" w14:textId="501258B9" w:rsidR="00072EDE" w:rsidRPr="00373347" w:rsidRDefault="00A7542B" w:rsidP="00072EDE">
+          <w:p w14:paraId="6C6AAD02" w14:textId="77777777" w:rsidR="00EB439F" w:rsidRPr="00373347" w:rsidRDefault="00EB439F" w:rsidP="00072B55">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...12 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F873C2" w14:paraId="6BF77514" w14:textId="77777777" w:rsidTr="00F873C2">
+      <w:tr w:rsidR="00EB439F" w14:paraId="4C56AC2C" w14:textId="77777777" w:rsidTr="00072B55">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3227" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1172A3E5" w14:textId="10AF1F72" w:rsidR="00F873C2" w:rsidRPr="00373347" w:rsidRDefault="00F873C2" w:rsidP="00F873C2">
+          <w:p w14:paraId="58D9DA78" w14:textId="77777777" w:rsidR="00EB439F" w:rsidRPr="00373347" w:rsidRDefault="00EB439F" w:rsidP="00072B55">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve">Génération avec IA </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:br/>
               <w:t>(code, images, sons, vidéos)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6061" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="760654FD" w14:textId="5A261B37" w:rsidR="00F873C2" w:rsidRPr="00373347" w:rsidRDefault="0027792A" w:rsidP="00F873C2">
+          <w:p w14:paraId="389F24E1" w14:textId="77777777" w:rsidR="00EB439F" w:rsidRPr="00C8241C" w:rsidRDefault="00EB439F" w:rsidP="00072B55">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-                <w:lang w:eastAsia="fr-FR"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...6 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F873C2" w14:paraId="10AC0CE6" w14:textId="77777777" w:rsidTr="00F873C2">
+      <w:tr w:rsidR="00EB439F" w14:paraId="1071A956" w14:textId="77777777" w:rsidTr="00072B55">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3227" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0F53742F" w14:textId="552FC2C7" w:rsidR="00F873C2" w:rsidRPr="00373347" w:rsidRDefault="00F873C2" w:rsidP="00F873C2">
+          <w:p w14:paraId="3417E50F" w14:textId="77777777" w:rsidR="00EB439F" w:rsidRPr="00373347" w:rsidRDefault="00EB439F" w:rsidP="00072B55">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00373347">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>Gimp</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> et </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00373347">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>Inkscape</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6061" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="13BB3875" w14:textId="77777777" w:rsidR="00EB439F" w:rsidRPr="00373347" w:rsidRDefault="00EB439F" w:rsidP="00072B55">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EB439F" w14:paraId="4BD78171" w14:textId="77777777" w:rsidTr="00072B55">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3227" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="737A10FF" w14:textId="77777777" w:rsidR="00EB439F" w:rsidRPr="00373347" w:rsidRDefault="00EB439F" w:rsidP="00072B55">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00373347">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="fr-FR"/>
-[...1 lines deleted...]
-              <w:t>Gimp</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve">Audacity et </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="fr-FR"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve"> et </w:t>
+              </w:rPr>
+              <w:t>Reaper (</w:t>
             </w:r>
-            <w:r w:rsidRPr="00373347">
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="fr-FR"/>
-[...1 lines deleted...]
-              <w:t>Inkscape</w:t>
+              </w:rPr>
+              <w:t>ou</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> FL Studio)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6061" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0F9CE28E" w14:textId="71968F5E" w:rsidR="00F873C2" w:rsidRPr="00373347" w:rsidRDefault="0027792A" w:rsidP="00F873C2">
+          <w:p w14:paraId="2CEAEECA" w14:textId="77777777" w:rsidR="00EB439F" w:rsidRPr="00373347" w:rsidRDefault="00EB439F" w:rsidP="00072B55">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F873C2" w14:paraId="4EAFFECF" w14:textId="77777777" w:rsidTr="00F873C2">
+      <w:tr w:rsidR="00EB439F" w14:paraId="013FF830" w14:textId="77777777" w:rsidTr="00072B55">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3227" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="33778695" w14:textId="34A8176F" w:rsidR="00F873C2" w:rsidRPr="00373347" w:rsidRDefault="00F873C2" w:rsidP="00F873C2">
+          <w:p w14:paraId="258D9F86" w14:textId="77777777" w:rsidR="00EB439F" w:rsidRPr="00373347" w:rsidRDefault="00EB439F" w:rsidP="00072B55">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00373347">
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Audacity et </w:t>
+              <w:t>Shotcut</w:t>
             </w:r>
-            <w:r>
-[...5 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6061" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0B72D05C" w14:textId="65146A76" w:rsidR="00F873C2" w:rsidRPr="00373347" w:rsidRDefault="0027792A" w:rsidP="00F873C2">
+          <w:p w14:paraId="452D987E" w14:textId="77777777" w:rsidR="00EB439F" w:rsidRPr="00373347" w:rsidRDefault="00EB439F" w:rsidP="00072B55">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...61 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7F0BAB85" w14:textId="34F9AA99" w:rsidR="001A6291" w:rsidRDefault="00B35AAC" w:rsidP="001A6291">
+    <w:p w14:paraId="0E20F7D2" w14:textId="77777777" w:rsidR="00EB439F" w:rsidRDefault="00EB439F" w:rsidP="00EB439F">
       <w:pPr>
         <w:pStyle w:val="Titre3"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="00DC7774">
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:u w:val="none"/>
         </w:rPr>
-        <w:t>6</w:t>
+        <w:t>x</w:t>
       </w:r>
-      <w:r w:rsidR="001A6291">
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> Projets</w:t>
       </w:r>
-      <w:r w:rsidR="001A6291">
+    </w:p>
+    <w:p w14:paraId="4CA976C8" w14:textId="77777777" w:rsidR="00E166EA" w:rsidRPr="00E166EA" w:rsidRDefault="00E166EA" w:rsidP="00E166EA">
+      <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:u w:val="none"/>
+          <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:br/>
-      </w:r>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9270" w:type="dxa"/>
         <w:tblInd w:w="38" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="38"/>
         <w:gridCol w:w="4424"/>
         <w:gridCol w:w="4800"/>
         <w:gridCol w:w="8"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001A6291" w14:paraId="43F1E2CF" w14:textId="77777777" w:rsidTr="00F0621F">
+      <w:tr w:rsidR="00EB439F" w14:paraId="70BAEA87" w14:textId="77777777" w:rsidTr="00072B55">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4462" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="pct20" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7DC00DD1" w14:textId="77777777" w:rsidR="001A6291" w:rsidRDefault="001A6291" w:rsidP="00F0621F">
+          <w:p w14:paraId="21CFF77A" w14:textId="77777777" w:rsidR="00EB439F" w:rsidRDefault="00EB439F" w:rsidP="00072B55">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:softHyphen/>
               <w:t>Intitulé du projet</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4808" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="pct20" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4BDEF88C" w14:textId="77777777" w:rsidR="001A6291" w:rsidRDefault="001A6291" w:rsidP="00F0621F">
+          <w:p w14:paraId="4255CD89" w14:textId="77777777" w:rsidR="00EB439F" w:rsidRDefault="00EB439F" w:rsidP="00072B55">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>Etudiants</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000F7276" w14:paraId="73025854" w14:textId="77777777" w:rsidTr="00F0621F">
+      <w:tr w:rsidR="00EB439F" w14:paraId="48E6BECA" w14:textId="77777777" w:rsidTr="00072B55">
         <w:trPr>
           <w:gridBefore w:val="1"/>
           <w:gridAfter w:val="1"/>
           <w:wBefore w:w="38" w:type="dxa"/>
           <w:wAfter w:w="8" w:type="dxa"/>
           <w:trHeight w:val="446"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4424" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="70" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="70" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1E88FF31" w14:textId="77777777" w:rsidR="001F039D" w:rsidRPr="001D4561" w:rsidRDefault="001F039D" w:rsidP="000F7276">
+          <w:p w14:paraId="4DC438D3" w14:textId="77777777" w:rsidR="00EB439F" w:rsidRPr="001D1E26" w:rsidRDefault="00EB439F" w:rsidP="00072B55">
             <w:pPr>
               <w:rPr>
-                <w:bCs/>
-[...1 lines deleted...]
-                <w:lang w:val="en-US"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001D4561">
-[...39 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4800" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="70" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="70" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="06C5F2DA" w14:textId="08157420" w:rsidR="000F7276" w:rsidRPr="0038604D" w:rsidRDefault="000F7276" w:rsidP="000F7276">
+          <w:p w14:paraId="7BC4D32F" w14:textId="77777777" w:rsidR="00EB439F" w:rsidRPr="006A6BEA" w:rsidRDefault="00EB439F" w:rsidP="00072B55">
             <w:pPr>
               <w:rPr>
-                <w:szCs w:val="20"/>
-                <w:lang w:eastAsia="fr-FR"/>
+                <w:color w:val="FF0000"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0038604D">
-[...5 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000F7276" w14:paraId="05136136" w14:textId="77777777" w:rsidTr="00F0621F">
+      <w:tr w:rsidR="00EB439F" w14:paraId="45D054A1" w14:textId="77777777" w:rsidTr="00072B55">
         <w:trPr>
           <w:gridBefore w:val="1"/>
           <w:gridAfter w:val="1"/>
           <w:wBefore w:w="38" w:type="dxa"/>
           <w:wAfter w:w="8" w:type="dxa"/>
           <w:trHeight w:val="319"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4424" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="70" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="70" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3C038521" w14:textId="76401DEF" w:rsidR="000F7276" w:rsidRPr="001D4561" w:rsidRDefault="001F039D" w:rsidP="000F7276">
+          <w:p w14:paraId="57322A04" w14:textId="77777777" w:rsidR="00EB439F" w:rsidRPr="00610708" w:rsidRDefault="00EB439F" w:rsidP="00072B55">
             <w:pPr>
               <w:rPr>
-                <w:bCs/>
-[...1 lines deleted...]
-                <w:lang w:val="en-US"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001D4561">
-[...14 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4800" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="70" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="70" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6E170B24" w14:textId="5A39A19E" w:rsidR="000F7276" w:rsidRPr="0038604D" w:rsidRDefault="001F039D" w:rsidP="000F7276">
+          <w:p w14:paraId="3A82C51A" w14:textId="77777777" w:rsidR="00EB439F" w:rsidRPr="0038604D" w:rsidRDefault="00EB439F" w:rsidP="00072B55">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0038604D">
-[...10 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000F7276" w14:paraId="72926C79" w14:textId="77777777" w:rsidTr="00F0621F">
+      <w:tr w:rsidR="00EB439F" w14:paraId="496D00C9" w14:textId="77777777" w:rsidTr="00072B55">
         <w:trPr>
           <w:gridBefore w:val="1"/>
           <w:gridAfter w:val="1"/>
           <w:wBefore w:w="38" w:type="dxa"/>
           <w:wAfter w:w="8" w:type="dxa"/>
           <w:trHeight w:val="319"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4424" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="70" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="70" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="53851548" w14:textId="545E2D1E" w:rsidR="000F7276" w:rsidRPr="001D4561" w:rsidRDefault="001F039D" w:rsidP="000F7276">
+          <w:p w14:paraId="644B8AB0" w14:textId="77777777" w:rsidR="00EB439F" w:rsidRPr="001D1E26" w:rsidRDefault="00EB439F" w:rsidP="00072B55">
             <w:pPr>
               <w:rPr>
-                <w:bCs/>
-[...1 lines deleted...]
-                <w:lang w:val="en-US"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001D4561">
-[...54 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4800" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="70" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="70" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="338E3BA1" w14:textId="609B5CAA" w:rsidR="000F7276" w:rsidRPr="0038604D" w:rsidRDefault="001F039D" w:rsidP="000F7276">
+          <w:p w14:paraId="411478D9" w14:textId="77777777" w:rsidR="00EB439F" w:rsidRPr="0038604D" w:rsidRDefault="00EB439F" w:rsidP="00072B55">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="916"/>
                 <w:tab w:val="left" w:pos="1832"/>
                 <w:tab w:val="left" w:pos="2748"/>
                 <w:tab w:val="left" w:pos="3664"/>
                 <w:tab w:val="left" w:pos="4580"/>
                 <w:tab w:val="left" w:pos="5496"/>
                 <w:tab w:val="left" w:pos="6412"/>
                 <w:tab w:val="left" w:pos="7328"/>
                 <w:tab w:val="left" w:pos="8244"/>
                 <w:tab w:val="left" w:pos="9160"/>
                 <w:tab w:val="left" w:pos="10076"/>
                 <w:tab w:val="left" w:pos="10992"/>
                 <w:tab w:val="left" w:pos="11908"/>
                 <w:tab w:val="left" w:pos="12824"/>
                 <w:tab w:val="left" w:pos="13740"/>
                 <w:tab w:val="left" w:pos="14656"/>
               </w:tabs>
               <w:rPr>
-                <w:color w:val="5B9BD5" w:themeColor="accent5"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0038604D">
-[...10 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000F7276" w14:paraId="401412D5" w14:textId="77777777" w:rsidTr="00F0621F">
+      <w:tr w:rsidR="00EB439F" w14:paraId="0306B856" w14:textId="77777777" w:rsidTr="00072B55">
         <w:trPr>
           <w:gridBefore w:val="1"/>
           <w:gridAfter w:val="1"/>
           <w:wBefore w:w="38" w:type="dxa"/>
           <w:wAfter w:w="8" w:type="dxa"/>
           <w:trHeight w:val="319"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4424" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="70" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="70" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="765847C1" w14:textId="79473167" w:rsidR="000F7276" w:rsidRPr="001D4561" w:rsidRDefault="001F039D" w:rsidP="000F7276">
+          <w:p w14:paraId="75C404B2" w14:textId="77777777" w:rsidR="00EB439F" w:rsidRPr="001D1E26" w:rsidRDefault="00EB439F" w:rsidP="00072B55">
             <w:pPr>
               <w:rPr>
-                <w:bCs/>
-[...1 lines deleted...]
-                <w:lang w:val="en-US"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001D4561">
-[...14 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4800" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="70" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="70" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="33C5A33C" w14:textId="024BFA83" w:rsidR="000F7276" w:rsidRPr="0038604D" w:rsidRDefault="001F039D" w:rsidP="001F039D">
+          <w:p w14:paraId="7BF50D28" w14:textId="77777777" w:rsidR="00EB439F" w:rsidRPr="0038604D" w:rsidRDefault="00EB439F" w:rsidP="00072B55">
             <w:pPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="524"/>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
               </w:tabs>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0038604D">
-[...23 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED62B7" w14:paraId="23A00F8B" w14:textId="77777777" w:rsidTr="00F0621F">
+      <w:tr w:rsidR="00EB439F" w14:paraId="6D76B4C9" w14:textId="77777777" w:rsidTr="00072B55">
         <w:trPr>
           <w:gridBefore w:val="1"/>
           <w:gridAfter w:val="1"/>
           <w:wBefore w:w="38" w:type="dxa"/>
           <w:wAfter w:w="8" w:type="dxa"/>
           <w:trHeight w:val="319"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4424" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="70" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="70" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5E0414B4" w14:textId="01BE0C82" w:rsidR="00ED62B7" w:rsidRPr="001D4561" w:rsidRDefault="00ED62B7" w:rsidP="000F7276">
+          <w:p w14:paraId="33DA7803" w14:textId="77777777" w:rsidR="00EB439F" w:rsidRPr="001D1E26" w:rsidRDefault="00EB439F" w:rsidP="00072B55">
             <w:pPr>
               <w:rPr>
-                <w:bCs/>
-[...163 lines deleted...]
-                <w:lang w:val="en-US"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4800" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="70" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="70" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4290A4FE" w14:textId="0286FEAA" w:rsidR="00550879" w:rsidRPr="0038604D" w:rsidRDefault="00550879" w:rsidP="000F7276">
+          <w:p w14:paraId="5F3ACA7B" w14:textId="77777777" w:rsidR="00EB439F" w:rsidRPr="0038604D" w:rsidRDefault="00EB439F" w:rsidP="00072B55">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0038604D">
-[...4 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="27260D65" w14:textId="2BF7A4C8" w:rsidR="000A3746" w:rsidRDefault="000A3746" w:rsidP="00314B13">
-[...4 lines deleted...]
-    <w:p w14:paraId="4C63CE8C" w14:textId="773D4AD6" w:rsidR="00212F50" w:rsidRPr="00B61A4B" w:rsidRDefault="00212F50" w:rsidP="00B61A4B">
+    <w:p w14:paraId="7E0276A1" w14:textId="77777777" w:rsidR="00EB439F" w:rsidRDefault="00EB439F" w:rsidP="00EB439F"/>
+    <w:p w14:paraId="4AD9D494" w14:textId="5AEDFB69" w:rsidR="00ED1FD5" w:rsidRPr="00EB439F" w:rsidRDefault="00ED1FD5" w:rsidP="00EB439F">
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="28"/>
-          <w:u w:val="single"/>
+          <w:color w:val="000080"/>
+          <w:sz w:val="36"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00212F50" w:rsidRPr="00B61A4B">
+    <w:sectPr w:rsidR="00ED1FD5" w:rsidRPr="00EB439F">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0C2171A3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7554BAA2"/>
     <w:lvl w:ilvl="0" w:tplc="8794D38E">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040C0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -5584,2812 +2977,3147 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="040C0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040C001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1763795658">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="610631467">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="412044728">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="001F4BBA"/>
     <w:rsid w:val="000000DC"/>
     <w:rsid w:val="00000807"/>
     <w:rsid w:val="00000D1A"/>
     <w:rsid w:val="0000157D"/>
     <w:rsid w:val="000015DB"/>
     <w:rsid w:val="00001760"/>
     <w:rsid w:val="00001828"/>
     <w:rsid w:val="00001C35"/>
+    <w:rsid w:val="00002EF0"/>
     <w:rsid w:val="00002FF7"/>
     <w:rsid w:val="0000377F"/>
     <w:rsid w:val="00003E41"/>
     <w:rsid w:val="00006520"/>
     <w:rsid w:val="00007025"/>
     <w:rsid w:val="00007FFA"/>
     <w:rsid w:val="000101B4"/>
     <w:rsid w:val="00011212"/>
     <w:rsid w:val="00011DF1"/>
     <w:rsid w:val="00012A89"/>
     <w:rsid w:val="00014971"/>
     <w:rsid w:val="00016E59"/>
     <w:rsid w:val="00020351"/>
     <w:rsid w:val="00020735"/>
     <w:rsid w:val="0002240F"/>
     <w:rsid w:val="00022BB0"/>
     <w:rsid w:val="000244EA"/>
+    <w:rsid w:val="00024DF9"/>
+    <w:rsid w:val="00024EA5"/>
     <w:rsid w:val="0002682A"/>
     <w:rsid w:val="000277D8"/>
     <w:rsid w:val="0002795D"/>
     <w:rsid w:val="00031187"/>
     <w:rsid w:val="0003157E"/>
     <w:rsid w:val="00031A9A"/>
     <w:rsid w:val="00031DF9"/>
     <w:rsid w:val="00032613"/>
     <w:rsid w:val="000327C2"/>
     <w:rsid w:val="000332AB"/>
     <w:rsid w:val="00033B2D"/>
     <w:rsid w:val="00034A25"/>
     <w:rsid w:val="00035E7D"/>
     <w:rsid w:val="000360E1"/>
     <w:rsid w:val="00036526"/>
     <w:rsid w:val="00036746"/>
     <w:rsid w:val="00037183"/>
     <w:rsid w:val="00037E4A"/>
     <w:rsid w:val="00040257"/>
     <w:rsid w:val="00040740"/>
     <w:rsid w:val="00040A0A"/>
     <w:rsid w:val="00040C42"/>
     <w:rsid w:val="00040CA7"/>
     <w:rsid w:val="00042A62"/>
     <w:rsid w:val="00042EBF"/>
     <w:rsid w:val="00043104"/>
     <w:rsid w:val="00043672"/>
     <w:rsid w:val="00043A43"/>
     <w:rsid w:val="00043F4D"/>
     <w:rsid w:val="00044FC4"/>
     <w:rsid w:val="00045BDE"/>
+    <w:rsid w:val="00046104"/>
     <w:rsid w:val="0004715C"/>
     <w:rsid w:val="0004729C"/>
     <w:rsid w:val="00047B79"/>
     <w:rsid w:val="0005001D"/>
     <w:rsid w:val="000502DC"/>
+    <w:rsid w:val="00051038"/>
     <w:rsid w:val="0005123D"/>
     <w:rsid w:val="000525BA"/>
     <w:rsid w:val="00052FA1"/>
     <w:rsid w:val="00053384"/>
     <w:rsid w:val="000533A3"/>
     <w:rsid w:val="00053A8D"/>
     <w:rsid w:val="00053C31"/>
     <w:rsid w:val="00053D3C"/>
     <w:rsid w:val="00054823"/>
     <w:rsid w:val="00054D1B"/>
     <w:rsid w:val="00054D9D"/>
+    <w:rsid w:val="000551A6"/>
     <w:rsid w:val="00056403"/>
+    <w:rsid w:val="00056EA7"/>
     <w:rsid w:val="000616CA"/>
     <w:rsid w:val="00061D11"/>
     <w:rsid w:val="000633B5"/>
+    <w:rsid w:val="000633DD"/>
     <w:rsid w:val="000639C6"/>
     <w:rsid w:val="00065CFF"/>
     <w:rsid w:val="00067490"/>
     <w:rsid w:val="00070AB5"/>
+    <w:rsid w:val="00070D55"/>
     <w:rsid w:val="00071635"/>
+    <w:rsid w:val="000722BB"/>
     <w:rsid w:val="00072B23"/>
     <w:rsid w:val="00072C95"/>
     <w:rsid w:val="00072EDE"/>
     <w:rsid w:val="000749D8"/>
     <w:rsid w:val="00075D11"/>
     <w:rsid w:val="00075DDB"/>
     <w:rsid w:val="00076150"/>
     <w:rsid w:val="00076B2C"/>
     <w:rsid w:val="00077515"/>
     <w:rsid w:val="00080069"/>
     <w:rsid w:val="000802CD"/>
     <w:rsid w:val="00080E45"/>
     <w:rsid w:val="000810BC"/>
     <w:rsid w:val="00082534"/>
     <w:rsid w:val="00082767"/>
     <w:rsid w:val="0008420F"/>
+    <w:rsid w:val="00084356"/>
     <w:rsid w:val="00084519"/>
     <w:rsid w:val="00084AFA"/>
     <w:rsid w:val="00084F9E"/>
     <w:rsid w:val="0008538E"/>
     <w:rsid w:val="00085D71"/>
+    <w:rsid w:val="0008796D"/>
     <w:rsid w:val="00087CA5"/>
     <w:rsid w:val="00087F8C"/>
     <w:rsid w:val="000912C2"/>
+    <w:rsid w:val="00091AE6"/>
     <w:rsid w:val="00094232"/>
     <w:rsid w:val="000945E6"/>
     <w:rsid w:val="000946C0"/>
     <w:rsid w:val="000950B2"/>
     <w:rsid w:val="00096256"/>
     <w:rsid w:val="00096B78"/>
     <w:rsid w:val="00097433"/>
     <w:rsid w:val="00097E32"/>
     <w:rsid w:val="000A0C2E"/>
+    <w:rsid w:val="000A0E94"/>
     <w:rsid w:val="000A13DB"/>
     <w:rsid w:val="000A15A4"/>
     <w:rsid w:val="000A1830"/>
     <w:rsid w:val="000A3746"/>
     <w:rsid w:val="000A38F0"/>
     <w:rsid w:val="000A3915"/>
     <w:rsid w:val="000A39A0"/>
     <w:rsid w:val="000A3D37"/>
     <w:rsid w:val="000A46E1"/>
     <w:rsid w:val="000A48FD"/>
     <w:rsid w:val="000A6FBC"/>
     <w:rsid w:val="000B0114"/>
     <w:rsid w:val="000B1B72"/>
+    <w:rsid w:val="000B2287"/>
     <w:rsid w:val="000B3752"/>
     <w:rsid w:val="000B4F4F"/>
     <w:rsid w:val="000B52EF"/>
+    <w:rsid w:val="000B5848"/>
     <w:rsid w:val="000B65C8"/>
     <w:rsid w:val="000B663B"/>
     <w:rsid w:val="000B670D"/>
     <w:rsid w:val="000B67DD"/>
     <w:rsid w:val="000B693E"/>
     <w:rsid w:val="000B7839"/>
     <w:rsid w:val="000C02A6"/>
     <w:rsid w:val="000C0702"/>
+    <w:rsid w:val="000C0DD6"/>
     <w:rsid w:val="000C200E"/>
     <w:rsid w:val="000C3449"/>
+    <w:rsid w:val="000C3E55"/>
     <w:rsid w:val="000C47E2"/>
     <w:rsid w:val="000C49EA"/>
     <w:rsid w:val="000C4B85"/>
     <w:rsid w:val="000C5399"/>
+    <w:rsid w:val="000C54B2"/>
     <w:rsid w:val="000C7047"/>
+    <w:rsid w:val="000C721D"/>
+    <w:rsid w:val="000D0714"/>
     <w:rsid w:val="000D0A59"/>
     <w:rsid w:val="000D0BBD"/>
     <w:rsid w:val="000D0E8B"/>
     <w:rsid w:val="000D0EBF"/>
     <w:rsid w:val="000D10DE"/>
     <w:rsid w:val="000D193F"/>
     <w:rsid w:val="000D236C"/>
     <w:rsid w:val="000D2E13"/>
     <w:rsid w:val="000D3258"/>
     <w:rsid w:val="000D3321"/>
     <w:rsid w:val="000D5359"/>
     <w:rsid w:val="000D57BF"/>
     <w:rsid w:val="000D656D"/>
     <w:rsid w:val="000D6F44"/>
     <w:rsid w:val="000D7305"/>
     <w:rsid w:val="000E109C"/>
+    <w:rsid w:val="000E2659"/>
     <w:rsid w:val="000E448B"/>
     <w:rsid w:val="000E45C3"/>
     <w:rsid w:val="000E4A60"/>
     <w:rsid w:val="000E4BC8"/>
     <w:rsid w:val="000E55ED"/>
     <w:rsid w:val="000E615E"/>
     <w:rsid w:val="000E66A7"/>
     <w:rsid w:val="000E7053"/>
     <w:rsid w:val="000E707C"/>
+    <w:rsid w:val="000E7192"/>
     <w:rsid w:val="000F0985"/>
     <w:rsid w:val="000F0B6C"/>
     <w:rsid w:val="000F14AE"/>
     <w:rsid w:val="000F19FA"/>
     <w:rsid w:val="000F1C37"/>
     <w:rsid w:val="000F2076"/>
+    <w:rsid w:val="000F24AA"/>
     <w:rsid w:val="000F3930"/>
     <w:rsid w:val="000F3FFF"/>
+    <w:rsid w:val="000F4077"/>
     <w:rsid w:val="000F5202"/>
     <w:rsid w:val="000F53F5"/>
     <w:rsid w:val="000F5924"/>
     <w:rsid w:val="000F60C9"/>
     <w:rsid w:val="000F6233"/>
     <w:rsid w:val="000F7037"/>
     <w:rsid w:val="000F7276"/>
     <w:rsid w:val="000F7E27"/>
     <w:rsid w:val="000F7E55"/>
     <w:rsid w:val="00100AC4"/>
     <w:rsid w:val="00101F43"/>
     <w:rsid w:val="001021EF"/>
+    <w:rsid w:val="00102D21"/>
+    <w:rsid w:val="00103580"/>
     <w:rsid w:val="0010395D"/>
+    <w:rsid w:val="00104340"/>
     <w:rsid w:val="00104DEF"/>
     <w:rsid w:val="00105283"/>
     <w:rsid w:val="0010533B"/>
     <w:rsid w:val="00105DFA"/>
     <w:rsid w:val="0010603F"/>
     <w:rsid w:val="001071F4"/>
     <w:rsid w:val="00110103"/>
     <w:rsid w:val="00110299"/>
     <w:rsid w:val="00110DB4"/>
     <w:rsid w:val="001115F0"/>
+    <w:rsid w:val="0011178B"/>
     <w:rsid w:val="00112916"/>
     <w:rsid w:val="00114781"/>
     <w:rsid w:val="0011496F"/>
     <w:rsid w:val="00114BD2"/>
     <w:rsid w:val="00116ABD"/>
     <w:rsid w:val="00116AEF"/>
     <w:rsid w:val="00116FDA"/>
     <w:rsid w:val="00117414"/>
     <w:rsid w:val="001176D8"/>
     <w:rsid w:val="001206D1"/>
     <w:rsid w:val="00120FDB"/>
     <w:rsid w:val="00121AFB"/>
     <w:rsid w:val="001233D8"/>
     <w:rsid w:val="00124C9B"/>
     <w:rsid w:val="00124F4E"/>
+    <w:rsid w:val="001255BB"/>
     <w:rsid w:val="0012561E"/>
     <w:rsid w:val="001263BA"/>
     <w:rsid w:val="00127376"/>
     <w:rsid w:val="001305ED"/>
     <w:rsid w:val="00130BFA"/>
     <w:rsid w:val="0013201C"/>
     <w:rsid w:val="0013243F"/>
     <w:rsid w:val="00133316"/>
     <w:rsid w:val="0013375A"/>
     <w:rsid w:val="00133DEA"/>
     <w:rsid w:val="0013455F"/>
     <w:rsid w:val="0013461C"/>
     <w:rsid w:val="001355BD"/>
     <w:rsid w:val="00135719"/>
     <w:rsid w:val="00136457"/>
     <w:rsid w:val="00137ACC"/>
     <w:rsid w:val="00140DA1"/>
     <w:rsid w:val="00141A3D"/>
     <w:rsid w:val="00141E9F"/>
     <w:rsid w:val="001420A9"/>
     <w:rsid w:val="0014642C"/>
     <w:rsid w:val="00146FF7"/>
     <w:rsid w:val="0014721B"/>
+    <w:rsid w:val="00150D6E"/>
     <w:rsid w:val="00151811"/>
+    <w:rsid w:val="00152621"/>
     <w:rsid w:val="001529B9"/>
     <w:rsid w:val="00153D30"/>
+    <w:rsid w:val="00154817"/>
     <w:rsid w:val="00154E89"/>
+    <w:rsid w:val="00155238"/>
     <w:rsid w:val="00156558"/>
     <w:rsid w:val="00156B10"/>
     <w:rsid w:val="00157ACD"/>
+    <w:rsid w:val="00157D10"/>
     <w:rsid w:val="00160348"/>
+    <w:rsid w:val="0016062A"/>
     <w:rsid w:val="00160A57"/>
     <w:rsid w:val="00161AC4"/>
     <w:rsid w:val="00163CE4"/>
     <w:rsid w:val="00164011"/>
     <w:rsid w:val="001640DE"/>
+    <w:rsid w:val="00164F0B"/>
     <w:rsid w:val="001663FA"/>
     <w:rsid w:val="00166C96"/>
     <w:rsid w:val="00166E42"/>
     <w:rsid w:val="00170314"/>
     <w:rsid w:val="00171B74"/>
     <w:rsid w:val="0017226D"/>
     <w:rsid w:val="00172A99"/>
     <w:rsid w:val="00174141"/>
     <w:rsid w:val="0017494E"/>
+    <w:rsid w:val="001755C4"/>
     <w:rsid w:val="00175842"/>
     <w:rsid w:val="00175AA5"/>
     <w:rsid w:val="001761FF"/>
     <w:rsid w:val="001766CE"/>
     <w:rsid w:val="00177786"/>
     <w:rsid w:val="00177DFF"/>
     <w:rsid w:val="00177EB0"/>
     <w:rsid w:val="0018046F"/>
     <w:rsid w:val="00181521"/>
     <w:rsid w:val="0018180D"/>
     <w:rsid w:val="00181F22"/>
     <w:rsid w:val="00182887"/>
     <w:rsid w:val="00182B83"/>
     <w:rsid w:val="0018392C"/>
     <w:rsid w:val="0018398F"/>
     <w:rsid w:val="00185A90"/>
     <w:rsid w:val="001866C6"/>
     <w:rsid w:val="001867CB"/>
     <w:rsid w:val="0018751D"/>
+    <w:rsid w:val="001901F1"/>
     <w:rsid w:val="00190B73"/>
     <w:rsid w:val="00191BEE"/>
     <w:rsid w:val="00191FDC"/>
     <w:rsid w:val="00192C2B"/>
+    <w:rsid w:val="00192DDE"/>
     <w:rsid w:val="00193F60"/>
     <w:rsid w:val="0019565C"/>
     <w:rsid w:val="00196FCD"/>
     <w:rsid w:val="00197346"/>
     <w:rsid w:val="001A0E3C"/>
     <w:rsid w:val="001A1890"/>
     <w:rsid w:val="001A27CC"/>
     <w:rsid w:val="001A2924"/>
+    <w:rsid w:val="001A2AD1"/>
     <w:rsid w:val="001A2E33"/>
     <w:rsid w:val="001A3128"/>
     <w:rsid w:val="001A3A75"/>
     <w:rsid w:val="001A3B59"/>
     <w:rsid w:val="001A4872"/>
     <w:rsid w:val="001A4898"/>
     <w:rsid w:val="001A5289"/>
     <w:rsid w:val="001A5874"/>
     <w:rsid w:val="001A59B4"/>
     <w:rsid w:val="001A6291"/>
     <w:rsid w:val="001A6652"/>
     <w:rsid w:val="001A6BD1"/>
     <w:rsid w:val="001A704E"/>
     <w:rsid w:val="001B09EF"/>
     <w:rsid w:val="001B11B3"/>
     <w:rsid w:val="001B128A"/>
     <w:rsid w:val="001B1A35"/>
     <w:rsid w:val="001B1C7B"/>
     <w:rsid w:val="001B3822"/>
     <w:rsid w:val="001B3995"/>
+    <w:rsid w:val="001B3B4E"/>
     <w:rsid w:val="001B5B3C"/>
+    <w:rsid w:val="001B5FB4"/>
     <w:rsid w:val="001B6FAB"/>
     <w:rsid w:val="001B7315"/>
     <w:rsid w:val="001B7E31"/>
     <w:rsid w:val="001B7E82"/>
     <w:rsid w:val="001C013E"/>
     <w:rsid w:val="001C067A"/>
     <w:rsid w:val="001C1234"/>
     <w:rsid w:val="001C1565"/>
     <w:rsid w:val="001C15D1"/>
     <w:rsid w:val="001C22B0"/>
+    <w:rsid w:val="001C293C"/>
     <w:rsid w:val="001C3AAE"/>
+    <w:rsid w:val="001C3B77"/>
     <w:rsid w:val="001C3C10"/>
     <w:rsid w:val="001C72EA"/>
     <w:rsid w:val="001C7559"/>
     <w:rsid w:val="001C77EA"/>
     <w:rsid w:val="001D0309"/>
     <w:rsid w:val="001D0472"/>
     <w:rsid w:val="001D0664"/>
     <w:rsid w:val="001D0E3B"/>
     <w:rsid w:val="001D0F5D"/>
     <w:rsid w:val="001D1261"/>
     <w:rsid w:val="001D1BA5"/>
     <w:rsid w:val="001D1E26"/>
     <w:rsid w:val="001D238A"/>
+    <w:rsid w:val="001D2EC4"/>
+    <w:rsid w:val="001D3A60"/>
     <w:rsid w:val="001D4032"/>
     <w:rsid w:val="001D4561"/>
     <w:rsid w:val="001D4921"/>
     <w:rsid w:val="001D5005"/>
     <w:rsid w:val="001D578C"/>
     <w:rsid w:val="001D5923"/>
     <w:rsid w:val="001D6375"/>
     <w:rsid w:val="001D69C2"/>
     <w:rsid w:val="001E000C"/>
+    <w:rsid w:val="001E0C6B"/>
     <w:rsid w:val="001E0E84"/>
     <w:rsid w:val="001E136B"/>
+    <w:rsid w:val="001E137A"/>
     <w:rsid w:val="001E2C64"/>
     <w:rsid w:val="001E3217"/>
     <w:rsid w:val="001E37DD"/>
     <w:rsid w:val="001E399C"/>
     <w:rsid w:val="001E39B2"/>
+    <w:rsid w:val="001E4235"/>
     <w:rsid w:val="001E45C2"/>
     <w:rsid w:val="001E4C9C"/>
     <w:rsid w:val="001E7E20"/>
     <w:rsid w:val="001F027D"/>
     <w:rsid w:val="001F039D"/>
     <w:rsid w:val="001F074F"/>
     <w:rsid w:val="001F1009"/>
     <w:rsid w:val="001F16A2"/>
     <w:rsid w:val="001F20F8"/>
     <w:rsid w:val="001F359C"/>
     <w:rsid w:val="001F4340"/>
     <w:rsid w:val="001F44C5"/>
     <w:rsid w:val="001F45D2"/>
     <w:rsid w:val="001F492A"/>
     <w:rsid w:val="001F4BBA"/>
     <w:rsid w:val="001F4E2D"/>
     <w:rsid w:val="001F5B37"/>
+    <w:rsid w:val="001F5B99"/>
     <w:rsid w:val="001F6014"/>
+    <w:rsid w:val="001F667A"/>
     <w:rsid w:val="001F7164"/>
+    <w:rsid w:val="001F7313"/>
     <w:rsid w:val="001F73CA"/>
     <w:rsid w:val="00200113"/>
     <w:rsid w:val="0020141D"/>
     <w:rsid w:val="002025B0"/>
     <w:rsid w:val="00202748"/>
     <w:rsid w:val="00202EA4"/>
     <w:rsid w:val="00203378"/>
     <w:rsid w:val="00203F85"/>
     <w:rsid w:val="00205167"/>
     <w:rsid w:val="00205581"/>
     <w:rsid w:val="00206E5B"/>
     <w:rsid w:val="002070E1"/>
     <w:rsid w:val="00207ABE"/>
     <w:rsid w:val="00207E95"/>
     <w:rsid w:val="002106F7"/>
     <w:rsid w:val="0021173D"/>
+    <w:rsid w:val="00211C76"/>
     <w:rsid w:val="002124D2"/>
     <w:rsid w:val="002127BF"/>
     <w:rsid w:val="00212F50"/>
     <w:rsid w:val="00212FB1"/>
     <w:rsid w:val="00215B60"/>
     <w:rsid w:val="0021658B"/>
     <w:rsid w:val="00216FA8"/>
     <w:rsid w:val="0021741F"/>
     <w:rsid w:val="002200E2"/>
     <w:rsid w:val="002207C6"/>
     <w:rsid w:val="00221D67"/>
+    <w:rsid w:val="00223E4E"/>
     <w:rsid w:val="00224011"/>
     <w:rsid w:val="00224652"/>
     <w:rsid w:val="002249A9"/>
     <w:rsid w:val="00224B7A"/>
     <w:rsid w:val="00224CD9"/>
     <w:rsid w:val="00225D4E"/>
     <w:rsid w:val="0022665E"/>
     <w:rsid w:val="00226E55"/>
     <w:rsid w:val="002276C2"/>
     <w:rsid w:val="0023088B"/>
     <w:rsid w:val="00230FBD"/>
     <w:rsid w:val="00231BA1"/>
     <w:rsid w:val="002322AE"/>
     <w:rsid w:val="0023233A"/>
     <w:rsid w:val="00232CAE"/>
     <w:rsid w:val="0023301F"/>
     <w:rsid w:val="00233D24"/>
     <w:rsid w:val="00235FDA"/>
+    <w:rsid w:val="00236570"/>
     <w:rsid w:val="00236C2C"/>
     <w:rsid w:val="0023743B"/>
     <w:rsid w:val="0023748E"/>
     <w:rsid w:val="002379F5"/>
     <w:rsid w:val="0024048B"/>
     <w:rsid w:val="00240787"/>
+    <w:rsid w:val="00241467"/>
     <w:rsid w:val="002418BD"/>
     <w:rsid w:val="00243CB9"/>
     <w:rsid w:val="0024542B"/>
     <w:rsid w:val="00246649"/>
+    <w:rsid w:val="0024667C"/>
     <w:rsid w:val="00247624"/>
     <w:rsid w:val="00247DF5"/>
     <w:rsid w:val="00250F5E"/>
     <w:rsid w:val="0025101D"/>
     <w:rsid w:val="0025158C"/>
     <w:rsid w:val="002529F8"/>
     <w:rsid w:val="002535F6"/>
     <w:rsid w:val="00253DCD"/>
     <w:rsid w:val="00254509"/>
     <w:rsid w:val="00256F72"/>
     <w:rsid w:val="00257165"/>
     <w:rsid w:val="00257266"/>
     <w:rsid w:val="0025763A"/>
     <w:rsid w:val="00257900"/>
     <w:rsid w:val="00257AA9"/>
     <w:rsid w:val="00262684"/>
     <w:rsid w:val="00262EC6"/>
     <w:rsid w:val="0026323B"/>
     <w:rsid w:val="00264A9B"/>
+    <w:rsid w:val="002653A7"/>
     <w:rsid w:val="00266212"/>
     <w:rsid w:val="002721E9"/>
     <w:rsid w:val="00272A09"/>
     <w:rsid w:val="00272AD7"/>
     <w:rsid w:val="00272DF0"/>
     <w:rsid w:val="00272F30"/>
+    <w:rsid w:val="00274C97"/>
+    <w:rsid w:val="00275D06"/>
     <w:rsid w:val="0027606D"/>
     <w:rsid w:val="00276D15"/>
     <w:rsid w:val="002776B2"/>
     <w:rsid w:val="0027792A"/>
     <w:rsid w:val="00277944"/>
     <w:rsid w:val="00281418"/>
     <w:rsid w:val="002823C7"/>
     <w:rsid w:val="00282994"/>
     <w:rsid w:val="002834ED"/>
     <w:rsid w:val="00284A97"/>
     <w:rsid w:val="00284BF0"/>
     <w:rsid w:val="00284D2D"/>
     <w:rsid w:val="00285E2F"/>
     <w:rsid w:val="0028656D"/>
     <w:rsid w:val="00286B51"/>
     <w:rsid w:val="00286F1E"/>
     <w:rsid w:val="00287D5F"/>
     <w:rsid w:val="002900A3"/>
+    <w:rsid w:val="00291B1F"/>
     <w:rsid w:val="00291FE0"/>
     <w:rsid w:val="00293D44"/>
     <w:rsid w:val="00294455"/>
     <w:rsid w:val="0029448A"/>
     <w:rsid w:val="00296D53"/>
     <w:rsid w:val="002A0015"/>
     <w:rsid w:val="002A173D"/>
     <w:rsid w:val="002A1C1B"/>
     <w:rsid w:val="002A24B3"/>
     <w:rsid w:val="002A251E"/>
     <w:rsid w:val="002A3809"/>
     <w:rsid w:val="002A396F"/>
     <w:rsid w:val="002A3C8C"/>
     <w:rsid w:val="002A3E52"/>
     <w:rsid w:val="002A4930"/>
+    <w:rsid w:val="002A54D0"/>
     <w:rsid w:val="002A6229"/>
     <w:rsid w:val="002A64CA"/>
     <w:rsid w:val="002A65AA"/>
     <w:rsid w:val="002A6A8B"/>
     <w:rsid w:val="002A7157"/>
     <w:rsid w:val="002A748F"/>
+    <w:rsid w:val="002A7F1E"/>
     <w:rsid w:val="002B038B"/>
     <w:rsid w:val="002B09BC"/>
     <w:rsid w:val="002B1485"/>
     <w:rsid w:val="002B1ACD"/>
     <w:rsid w:val="002B2436"/>
     <w:rsid w:val="002B2B18"/>
     <w:rsid w:val="002B2F68"/>
     <w:rsid w:val="002B3064"/>
     <w:rsid w:val="002B3201"/>
     <w:rsid w:val="002B4A99"/>
     <w:rsid w:val="002B4CE9"/>
     <w:rsid w:val="002B55E7"/>
     <w:rsid w:val="002B5867"/>
     <w:rsid w:val="002B5DFD"/>
     <w:rsid w:val="002B7160"/>
+    <w:rsid w:val="002B75D3"/>
+    <w:rsid w:val="002B7C42"/>
     <w:rsid w:val="002B7C7F"/>
     <w:rsid w:val="002C2C8A"/>
     <w:rsid w:val="002C3A9C"/>
     <w:rsid w:val="002C450C"/>
     <w:rsid w:val="002C4ABF"/>
     <w:rsid w:val="002C4DC2"/>
     <w:rsid w:val="002C5436"/>
     <w:rsid w:val="002C5AAD"/>
     <w:rsid w:val="002C6F64"/>
     <w:rsid w:val="002C79CA"/>
     <w:rsid w:val="002C7DD8"/>
     <w:rsid w:val="002D013A"/>
     <w:rsid w:val="002D147A"/>
     <w:rsid w:val="002D217F"/>
     <w:rsid w:val="002D300E"/>
     <w:rsid w:val="002D47C9"/>
     <w:rsid w:val="002D499C"/>
     <w:rsid w:val="002D4BD5"/>
     <w:rsid w:val="002D5047"/>
     <w:rsid w:val="002D5108"/>
     <w:rsid w:val="002D64C2"/>
     <w:rsid w:val="002D72A1"/>
+    <w:rsid w:val="002D7910"/>
     <w:rsid w:val="002E0131"/>
     <w:rsid w:val="002E06E1"/>
     <w:rsid w:val="002E0EE7"/>
     <w:rsid w:val="002E1904"/>
     <w:rsid w:val="002E28E3"/>
     <w:rsid w:val="002E4CCB"/>
     <w:rsid w:val="002E4D7B"/>
     <w:rsid w:val="002E50B9"/>
     <w:rsid w:val="002E5166"/>
+    <w:rsid w:val="002E549B"/>
     <w:rsid w:val="002E557A"/>
     <w:rsid w:val="002E654C"/>
     <w:rsid w:val="002E761B"/>
     <w:rsid w:val="002E7F07"/>
     <w:rsid w:val="002F0597"/>
     <w:rsid w:val="002F0651"/>
     <w:rsid w:val="002F0A9C"/>
     <w:rsid w:val="002F1035"/>
     <w:rsid w:val="002F311D"/>
     <w:rsid w:val="002F3F89"/>
+    <w:rsid w:val="002F52CC"/>
     <w:rsid w:val="002F5969"/>
     <w:rsid w:val="002F5D6C"/>
     <w:rsid w:val="002F763D"/>
     <w:rsid w:val="002F78F4"/>
     <w:rsid w:val="002F792D"/>
     <w:rsid w:val="003029A5"/>
+    <w:rsid w:val="00302BB3"/>
     <w:rsid w:val="00302E4C"/>
     <w:rsid w:val="00303059"/>
     <w:rsid w:val="003032ED"/>
+    <w:rsid w:val="0030378C"/>
     <w:rsid w:val="00303A73"/>
     <w:rsid w:val="00304503"/>
     <w:rsid w:val="003048A0"/>
     <w:rsid w:val="00306D0A"/>
     <w:rsid w:val="00306ED4"/>
     <w:rsid w:val="003102D3"/>
     <w:rsid w:val="00310D7B"/>
+    <w:rsid w:val="00310E7E"/>
     <w:rsid w:val="0031186B"/>
     <w:rsid w:val="00312914"/>
     <w:rsid w:val="00312AD6"/>
     <w:rsid w:val="0031332A"/>
     <w:rsid w:val="003147D5"/>
     <w:rsid w:val="00314B13"/>
     <w:rsid w:val="00314B44"/>
     <w:rsid w:val="00315861"/>
     <w:rsid w:val="00316292"/>
     <w:rsid w:val="00316A74"/>
     <w:rsid w:val="00316E99"/>
     <w:rsid w:val="003203A1"/>
     <w:rsid w:val="003207C6"/>
     <w:rsid w:val="00321D46"/>
     <w:rsid w:val="00322166"/>
     <w:rsid w:val="00322ECA"/>
     <w:rsid w:val="00323181"/>
     <w:rsid w:val="00323FE7"/>
     <w:rsid w:val="00326E14"/>
     <w:rsid w:val="00327064"/>
     <w:rsid w:val="00327E2E"/>
     <w:rsid w:val="00332059"/>
     <w:rsid w:val="003320A1"/>
     <w:rsid w:val="0033272A"/>
     <w:rsid w:val="00332954"/>
     <w:rsid w:val="00333302"/>
     <w:rsid w:val="003338E1"/>
     <w:rsid w:val="0033492E"/>
     <w:rsid w:val="00334995"/>
     <w:rsid w:val="00335F2B"/>
     <w:rsid w:val="0033623D"/>
+    <w:rsid w:val="00341043"/>
     <w:rsid w:val="003415FA"/>
     <w:rsid w:val="003419BF"/>
     <w:rsid w:val="00342F0F"/>
     <w:rsid w:val="0034305D"/>
+    <w:rsid w:val="00344340"/>
     <w:rsid w:val="00344430"/>
     <w:rsid w:val="00344638"/>
+    <w:rsid w:val="0034470E"/>
     <w:rsid w:val="003447B8"/>
     <w:rsid w:val="0034563B"/>
     <w:rsid w:val="00345E53"/>
+    <w:rsid w:val="003500B5"/>
     <w:rsid w:val="003505D4"/>
     <w:rsid w:val="00351873"/>
+    <w:rsid w:val="00352366"/>
     <w:rsid w:val="003532D7"/>
     <w:rsid w:val="003542CF"/>
     <w:rsid w:val="00354C58"/>
     <w:rsid w:val="00354E4C"/>
     <w:rsid w:val="00355E98"/>
     <w:rsid w:val="003562CB"/>
     <w:rsid w:val="00356E9A"/>
     <w:rsid w:val="003575AC"/>
     <w:rsid w:val="003578AD"/>
     <w:rsid w:val="0036008F"/>
     <w:rsid w:val="00360C21"/>
     <w:rsid w:val="00360D41"/>
+    <w:rsid w:val="00362FE1"/>
     <w:rsid w:val="00363591"/>
     <w:rsid w:val="003644CB"/>
     <w:rsid w:val="00365F61"/>
     <w:rsid w:val="00366E6E"/>
     <w:rsid w:val="00367C86"/>
     <w:rsid w:val="00370788"/>
     <w:rsid w:val="00371BBE"/>
     <w:rsid w:val="00373347"/>
     <w:rsid w:val="00374F55"/>
     <w:rsid w:val="00376363"/>
     <w:rsid w:val="00376B4A"/>
     <w:rsid w:val="003773DB"/>
     <w:rsid w:val="00377950"/>
     <w:rsid w:val="00377F2C"/>
     <w:rsid w:val="00380876"/>
     <w:rsid w:val="00381D86"/>
     <w:rsid w:val="00383D35"/>
     <w:rsid w:val="003847BC"/>
     <w:rsid w:val="003848F2"/>
     <w:rsid w:val="00384C2E"/>
+    <w:rsid w:val="00385127"/>
     <w:rsid w:val="00385436"/>
     <w:rsid w:val="003857D1"/>
     <w:rsid w:val="0038604D"/>
     <w:rsid w:val="00386B25"/>
     <w:rsid w:val="00386C6C"/>
     <w:rsid w:val="0039087F"/>
     <w:rsid w:val="003915D4"/>
     <w:rsid w:val="00391A4A"/>
     <w:rsid w:val="0039228E"/>
     <w:rsid w:val="00392436"/>
     <w:rsid w:val="0039331E"/>
     <w:rsid w:val="003933FC"/>
     <w:rsid w:val="00393F3A"/>
     <w:rsid w:val="003951B2"/>
     <w:rsid w:val="00396BAF"/>
     <w:rsid w:val="003978E2"/>
     <w:rsid w:val="003A0364"/>
     <w:rsid w:val="003A07E4"/>
     <w:rsid w:val="003A11F8"/>
     <w:rsid w:val="003A1320"/>
     <w:rsid w:val="003A157C"/>
     <w:rsid w:val="003A1609"/>
     <w:rsid w:val="003A1FAC"/>
     <w:rsid w:val="003A2BE1"/>
     <w:rsid w:val="003A3225"/>
     <w:rsid w:val="003A37BC"/>
     <w:rsid w:val="003A3F40"/>
     <w:rsid w:val="003A4165"/>
     <w:rsid w:val="003A49FB"/>
     <w:rsid w:val="003A53F2"/>
+    <w:rsid w:val="003A5EA6"/>
     <w:rsid w:val="003B00E0"/>
     <w:rsid w:val="003B228A"/>
     <w:rsid w:val="003B4FF4"/>
     <w:rsid w:val="003B576E"/>
     <w:rsid w:val="003C06F6"/>
+    <w:rsid w:val="003C13B2"/>
     <w:rsid w:val="003C19CE"/>
     <w:rsid w:val="003C2335"/>
     <w:rsid w:val="003C24F4"/>
     <w:rsid w:val="003C3072"/>
     <w:rsid w:val="003C3742"/>
+    <w:rsid w:val="003C39E7"/>
     <w:rsid w:val="003C4DD8"/>
     <w:rsid w:val="003C565B"/>
     <w:rsid w:val="003C5C66"/>
     <w:rsid w:val="003C7A2C"/>
     <w:rsid w:val="003D0CFA"/>
     <w:rsid w:val="003D1380"/>
+    <w:rsid w:val="003D2586"/>
     <w:rsid w:val="003D3F7E"/>
+    <w:rsid w:val="003D4268"/>
     <w:rsid w:val="003D4556"/>
     <w:rsid w:val="003D4C3E"/>
     <w:rsid w:val="003D56B7"/>
     <w:rsid w:val="003D6433"/>
     <w:rsid w:val="003D7454"/>
     <w:rsid w:val="003E028E"/>
     <w:rsid w:val="003E0D1B"/>
     <w:rsid w:val="003E17FB"/>
     <w:rsid w:val="003E1AB9"/>
+    <w:rsid w:val="003E2A5D"/>
     <w:rsid w:val="003E2A5E"/>
     <w:rsid w:val="003E3B4C"/>
     <w:rsid w:val="003E47CD"/>
     <w:rsid w:val="003E4E0E"/>
+    <w:rsid w:val="003E4E67"/>
     <w:rsid w:val="003E50D9"/>
     <w:rsid w:val="003E57D1"/>
     <w:rsid w:val="003E591B"/>
     <w:rsid w:val="003E5DC1"/>
     <w:rsid w:val="003E7A65"/>
     <w:rsid w:val="003F04EC"/>
     <w:rsid w:val="003F1B45"/>
     <w:rsid w:val="003F1E2C"/>
     <w:rsid w:val="003F2ED6"/>
     <w:rsid w:val="003F403E"/>
     <w:rsid w:val="003F40FE"/>
     <w:rsid w:val="003F43A2"/>
     <w:rsid w:val="003F70A2"/>
+    <w:rsid w:val="003F7505"/>
     <w:rsid w:val="003F76ED"/>
     <w:rsid w:val="003F7879"/>
     <w:rsid w:val="003F78CC"/>
     <w:rsid w:val="00400024"/>
     <w:rsid w:val="004003A6"/>
     <w:rsid w:val="00402C71"/>
     <w:rsid w:val="00403D5C"/>
     <w:rsid w:val="00404AB2"/>
     <w:rsid w:val="00404B39"/>
     <w:rsid w:val="00404F6C"/>
     <w:rsid w:val="0040586B"/>
     <w:rsid w:val="00406281"/>
     <w:rsid w:val="00406986"/>
     <w:rsid w:val="004070BF"/>
     <w:rsid w:val="00407EF0"/>
     <w:rsid w:val="00411C59"/>
     <w:rsid w:val="00411FC5"/>
     <w:rsid w:val="00412093"/>
     <w:rsid w:val="004125AB"/>
     <w:rsid w:val="004126CD"/>
     <w:rsid w:val="004126D8"/>
+    <w:rsid w:val="00412DA2"/>
     <w:rsid w:val="00412FA4"/>
     <w:rsid w:val="00414115"/>
     <w:rsid w:val="00414952"/>
     <w:rsid w:val="0041518C"/>
     <w:rsid w:val="00415405"/>
     <w:rsid w:val="00415479"/>
     <w:rsid w:val="00416043"/>
+    <w:rsid w:val="00416166"/>
     <w:rsid w:val="004165CE"/>
     <w:rsid w:val="00417004"/>
     <w:rsid w:val="0041728E"/>
     <w:rsid w:val="004207DA"/>
     <w:rsid w:val="0042090B"/>
     <w:rsid w:val="004211AD"/>
     <w:rsid w:val="004217C4"/>
     <w:rsid w:val="00421F3C"/>
     <w:rsid w:val="004225FF"/>
     <w:rsid w:val="004226CB"/>
     <w:rsid w:val="00423D36"/>
     <w:rsid w:val="0042568F"/>
     <w:rsid w:val="00425B2A"/>
+    <w:rsid w:val="00425F7C"/>
     <w:rsid w:val="00426E50"/>
     <w:rsid w:val="004273EE"/>
     <w:rsid w:val="00427BA8"/>
     <w:rsid w:val="00427F83"/>
     <w:rsid w:val="00430202"/>
     <w:rsid w:val="00430250"/>
     <w:rsid w:val="004309F2"/>
     <w:rsid w:val="00430D7E"/>
     <w:rsid w:val="004326FD"/>
     <w:rsid w:val="004338E1"/>
     <w:rsid w:val="00433C77"/>
     <w:rsid w:val="004342CB"/>
     <w:rsid w:val="00434A98"/>
     <w:rsid w:val="00434D4E"/>
     <w:rsid w:val="0043512E"/>
     <w:rsid w:val="00435F36"/>
     <w:rsid w:val="00437210"/>
     <w:rsid w:val="00437905"/>
+    <w:rsid w:val="00437A12"/>
     <w:rsid w:val="00441A2D"/>
     <w:rsid w:val="004434E8"/>
     <w:rsid w:val="00443BFE"/>
+    <w:rsid w:val="00444FEA"/>
     <w:rsid w:val="00445BDD"/>
     <w:rsid w:val="004462BA"/>
     <w:rsid w:val="00446D12"/>
     <w:rsid w:val="004476C9"/>
     <w:rsid w:val="00447809"/>
     <w:rsid w:val="00452FC4"/>
     <w:rsid w:val="00454A43"/>
     <w:rsid w:val="00454E81"/>
     <w:rsid w:val="0045568E"/>
     <w:rsid w:val="0045689E"/>
     <w:rsid w:val="00457487"/>
     <w:rsid w:val="00457B2B"/>
     <w:rsid w:val="004607EF"/>
+    <w:rsid w:val="00460A9C"/>
     <w:rsid w:val="00460F51"/>
+    <w:rsid w:val="0046113C"/>
     <w:rsid w:val="00461371"/>
     <w:rsid w:val="00461EC5"/>
+    <w:rsid w:val="0046299A"/>
     <w:rsid w:val="00462D9B"/>
     <w:rsid w:val="00463170"/>
+    <w:rsid w:val="00463432"/>
     <w:rsid w:val="00464754"/>
     <w:rsid w:val="00464F2B"/>
     <w:rsid w:val="0046662B"/>
+    <w:rsid w:val="004702EC"/>
+    <w:rsid w:val="0047084C"/>
+    <w:rsid w:val="004714B1"/>
     <w:rsid w:val="00471B1C"/>
     <w:rsid w:val="00472142"/>
     <w:rsid w:val="00472B97"/>
     <w:rsid w:val="00472D85"/>
     <w:rsid w:val="004733D6"/>
     <w:rsid w:val="00474B9F"/>
     <w:rsid w:val="00474BC9"/>
     <w:rsid w:val="00474BFD"/>
     <w:rsid w:val="0047538E"/>
     <w:rsid w:val="00475C2F"/>
     <w:rsid w:val="004764E9"/>
     <w:rsid w:val="00476591"/>
     <w:rsid w:val="004773F1"/>
     <w:rsid w:val="004777E1"/>
     <w:rsid w:val="00481140"/>
     <w:rsid w:val="00481869"/>
     <w:rsid w:val="00481E30"/>
     <w:rsid w:val="00482457"/>
     <w:rsid w:val="00482671"/>
     <w:rsid w:val="004844A4"/>
     <w:rsid w:val="00484FE3"/>
     <w:rsid w:val="00485C06"/>
     <w:rsid w:val="00485FED"/>
     <w:rsid w:val="004867D2"/>
     <w:rsid w:val="004867F5"/>
     <w:rsid w:val="00486D1C"/>
     <w:rsid w:val="00487803"/>
     <w:rsid w:val="00487E69"/>
     <w:rsid w:val="00490E94"/>
+    <w:rsid w:val="00491A5D"/>
     <w:rsid w:val="00492524"/>
     <w:rsid w:val="00492A16"/>
     <w:rsid w:val="00493C87"/>
     <w:rsid w:val="004945CF"/>
     <w:rsid w:val="0049479A"/>
     <w:rsid w:val="00496F41"/>
     <w:rsid w:val="00497C20"/>
     <w:rsid w:val="004A0095"/>
     <w:rsid w:val="004A2CB4"/>
     <w:rsid w:val="004A3C1F"/>
     <w:rsid w:val="004A4CE3"/>
     <w:rsid w:val="004A5247"/>
     <w:rsid w:val="004A5F0A"/>
+    <w:rsid w:val="004A6460"/>
     <w:rsid w:val="004A720B"/>
     <w:rsid w:val="004A76D7"/>
+    <w:rsid w:val="004B1580"/>
     <w:rsid w:val="004B168C"/>
     <w:rsid w:val="004B1859"/>
     <w:rsid w:val="004B1F06"/>
     <w:rsid w:val="004B32A6"/>
     <w:rsid w:val="004B41D5"/>
     <w:rsid w:val="004B436A"/>
     <w:rsid w:val="004B4F58"/>
     <w:rsid w:val="004B58D8"/>
+    <w:rsid w:val="004B5A52"/>
     <w:rsid w:val="004B7024"/>
     <w:rsid w:val="004B7F83"/>
     <w:rsid w:val="004C00CF"/>
     <w:rsid w:val="004C0300"/>
+    <w:rsid w:val="004C16C4"/>
     <w:rsid w:val="004C1BEE"/>
     <w:rsid w:val="004C253F"/>
     <w:rsid w:val="004C3FE8"/>
     <w:rsid w:val="004C560A"/>
     <w:rsid w:val="004C611F"/>
     <w:rsid w:val="004C6224"/>
     <w:rsid w:val="004C64E1"/>
     <w:rsid w:val="004C70D2"/>
     <w:rsid w:val="004C7336"/>
     <w:rsid w:val="004D1655"/>
     <w:rsid w:val="004D1B4F"/>
     <w:rsid w:val="004D2608"/>
     <w:rsid w:val="004D2B29"/>
     <w:rsid w:val="004D4E16"/>
     <w:rsid w:val="004D4EC2"/>
     <w:rsid w:val="004D574A"/>
     <w:rsid w:val="004D727B"/>
     <w:rsid w:val="004D7A74"/>
     <w:rsid w:val="004D7B21"/>
+    <w:rsid w:val="004E0614"/>
     <w:rsid w:val="004E0E4C"/>
     <w:rsid w:val="004E183E"/>
     <w:rsid w:val="004E189E"/>
     <w:rsid w:val="004E31A0"/>
     <w:rsid w:val="004E346E"/>
     <w:rsid w:val="004E35D2"/>
     <w:rsid w:val="004E3AA3"/>
     <w:rsid w:val="004E44C5"/>
     <w:rsid w:val="004E4E6A"/>
     <w:rsid w:val="004E61D3"/>
     <w:rsid w:val="004E7309"/>
     <w:rsid w:val="004F03E9"/>
     <w:rsid w:val="004F0F53"/>
     <w:rsid w:val="004F2C44"/>
     <w:rsid w:val="004F36FF"/>
     <w:rsid w:val="004F3A43"/>
     <w:rsid w:val="004F480D"/>
     <w:rsid w:val="004F48A0"/>
     <w:rsid w:val="004F578F"/>
     <w:rsid w:val="004F6F05"/>
     <w:rsid w:val="004F7176"/>
     <w:rsid w:val="004F79EE"/>
     <w:rsid w:val="00500CB9"/>
     <w:rsid w:val="00500CF1"/>
     <w:rsid w:val="00501002"/>
     <w:rsid w:val="005023BC"/>
     <w:rsid w:val="00502FFC"/>
     <w:rsid w:val="0050333A"/>
     <w:rsid w:val="00504180"/>
     <w:rsid w:val="0050423A"/>
     <w:rsid w:val="00504A8D"/>
     <w:rsid w:val="00504E7E"/>
     <w:rsid w:val="00506343"/>
     <w:rsid w:val="005069D9"/>
     <w:rsid w:val="00506F0D"/>
     <w:rsid w:val="0050724F"/>
     <w:rsid w:val="005073F5"/>
     <w:rsid w:val="00507708"/>
     <w:rsid w:val="00507CE5"/>
     <w:rsid w:val="00507DAC"/>
     <w:rsid w:val="0051018C"/>
     <w:rsid w:val="005104AB"/>
     <w:rsid w:val="005109F8"/>
     <w:rsid w:val="0051150E"/>
     <w:rsid w:val="0051165D"/>
     <w:rsid w:val="00511898"/>
     <w:rsid w:val="0051257C"/>
     <w:rsid w:val="00512655"/>
     <w:rsid w:val="00512D65"/>
+    <w:rsid w:val="00512DD6"/>
     <w:rsid w:val="00512DDD"/>
     <w:rsid w:val="00513276"/>
+    <w:rsid w:val="00514A76"/>
     <w:rsid w:val="00514A83"/>
     <w:rsid w:val="00515BA9"/>
+    <w:rsid w:val="00520192"/>
     <w:rsid w:val="005202EC"/>
     <w:rsid w:val="00520441"/>
     <w:rsid w:val="005208BC"/>
     <w:rsid w:val="00520B62"/>
     <w:rsid w:val="0052166F"/>
     <w:rsid w:val="00522CEB"/>
     <w:rsid w:val="00522FBA"/>
     <w:rsid w:val="0052316C"/>
+    <w:rsid w:val="0052518E"/>
     <w:rsid w:val="005251FB"/>
     <w:rsid w:val="005262D2"/>
     <w:rsid w:val="005264A9"/>
     <w:rsid w:val="00526C1B"/>
     <w:rsid w:val="005272BA"/>
     <w:rsid w:val="00530670"/>
     <w:rsid w:val="00530B49"/>
     <w:rsid w:val="00531EB0"/>
+    <w:rsid w:val="0053239E"/>
     <w:rsid w:val="00532C9E"/>
     <w:rsid w:val="00535919"/>
+    <w:rsid w:val="00535D89"/>
     <w:rsid w:val="00537249"/>
     <w:rsid w:val="005400B5"/>
+    <w:rsid w:val="00541537"/>
     <w:rsid w:val="0054195B"/>
     <w:rsid w:val="00542550"/>
     <w:rsid w:val="0054276C"/>
     <w:rsid w:val="0054285E"/>
+    <w:rsid w:val="00543093"/>
     <w:rsid w:val="00545179"/>
     <w:rsid w:val="005455A2"/>
     <w:rsid w:val="00546562"/>
     <w:rsid w:val="005470EB"/>
     <w:rsid w:val="005476E7"/>
     <w:rsid w:val="00547F8D"/>
     <w:rsid w:val="00550879"/>
+    <w:rsid w:val="005508C3"/>
+    <w:rsid w:val="00550BE0"/>
     <w:rsid w:val="00550DD8"/>
     <w:rsid w:val="00551C72"/>
+    <w:rsid w:val="00551F5D"/>
     <w:rsid w:val="00552369"/>
     <w:rsid w:val="0055335E"/>
     <w:rsid w:val="00554657"/>
     <w:rsid w:val="005563DC"/>
     <w:rsid w:val="00556892"/>
     <w:rsid w:val="0055690A"/>
     <w:rsid w:val="00556F86"/>
     <w:rsid w:val="00557DAC"/>
+    <w:rsid w:val="00560ED5"/>
     <w:rsid w:val="00561754"/>
     <w:rsid w:val="00561BA1"/>
     <w:rsid w:val="005623FA"/>
     <w:rsid w:val="005635A9"/>
     <w:rsid w:val="005637B0"/>
+    <w:rsid w:val="00564296"/>
     <w:rsid w:val="005647FC"/>
     <w:rsid w:val="00564ECB"/>
     <w:rsid w:val="00565048"/>
     <w:rsid w:val="005659B6"/>
     <w:rsid w:val="005661D8"/>
     <w:rsid w:val="00566848"/>
     <w:rsid w:val="00570FEA"/>
     <w:rsid w:val="0057205C"/>
     <w:rsid w:val="00572182"/>
     <w:rsid w:val="00572388"/>
     <w:rsid w:val="00573034"/>
     <w:rsid w:val="0057313E"/>
     <w:rsid w:val="00573337"/>
     <w:rsid w:val="005735EA"/>
     <w:rsid w:val="00573A69"/>
     <w:rsid w:val="00573F8F"/>
     <w:rsid w:val="00574BB9"/>
     <w:rsid w:val="00574DD9"/>
     <w:rsid w:val="005767A0"/>
     <w:rsid w:val="0057687A"/>
     <w:rsid w:val="00576B62"/>
     <w:rsid w:val="005776A6"/>
     <w:rsid w:val="005776B2"/>
     <w:rsid w:val="00577BBE"/>
     <w:rsid w:val="00577BEB"/>
     <w:rsid w:val="00580111"/>
     <w:rsid w:val="005813C0"/>
     <w:rsid w:val="00581B58"/>
     <w:rsid w:val="005832EB"/>
     <w:rsid w:val="00585072"/>
     <w:rsid w:val="00586777"/>
     <w:rsid w:val="005867C3"/>
     <w:rsid w:val="00590009"/>
     <w:rsid w:val="00590059"/>
     <w:rsid w:val="00593E71"/>
     <w:rsid w:val="00593E9B"/>
     <w:rsid w:val="00593FAD"/>
     <w:rsid w:val="0059413F"/>
     <w:rsid w:val="005944D5"/>
     <w:rsid w:val="005948E3"/>
     <w:rsid w:val="00594AF6"/>
+    <w:rsid w:val="005956BD"/>
     <w:rsid w:val="00596532"/>
     <w:rsid w:val="00597810"/>
     <w:rsid w:val="00597F84"/>
     <w:rsid w:val="005A3469"/>
     <w:rsid w:val="005A36F1"/>
     <w:rsid w:val="005A4C1F"/>
     <w:rsid w:val="005A4D44"/>
     <w:rsid w:val="005A51A9"/>
     <w:rsid w:val="005A583A"/>
     <w:rsid w:val="005A67AC"/>
     <w:rsid w:val="005A71D4"/>
     <w:rsid w:val="005A71E2"/>
     <w:rsid w:val="005B024A"/>
     <w:rsid w:val="005B081F"/>
     <w:rsid w:val="005B0CD4"/>
     <w:rsid w:val="005B128F"/>
+    <w:rsid w:val="005B3770"/>
     <w:rsid w:val="005B388A"/>
     <w:rsid w:val="005B467F"/>
     <w:rsid w:val="005B5569"/>
+    <w:rsid w:val="005B5FDE"/>
     <w:rsid w:val="005B6424"/>
     <w:rsid w:val="005B658A"/>
     <w:rsid w:val="005B7465"/>
     <w:rsid w:val="005C1148"/>
     <w:rsid w:val="005C1B31"/>
     <w:rsid w:val="005C1B4E"/>
     <w:rsid w:val="005C2330"/>
     <w:rsid w:val="005C27D4"/>
     <w:rsid w:val="005C38EF"/>
     <w:rsid w:val="005C466E"/>
+    <w:rsid w:val="005C68E8"/>
+    <w:rsid w:val="005C6926"/>
     <w:rsid w:val="005C7637"/>
     <w:rsid w:val="005C7F8C"/>
+    <w:rsid w:val="005D0121"/>
     <w:rsid w:val="005D0F80"/>
     <w:rsid w:val="005D4C98"/>
     <w:rsid w:val="005D55EE"/>
     <w:rsid w:val="005D5E00"/>
     <w:rsid w:val="005D70E7"/>
     <w:rsid w:val="005D7476"/>
     <w:rsid w:val="005E1059"/>
     <w:rsid w:val="005E1179"/>
     <w:rsid w:val="005E3B87"/>
     <w:rsid w:val="005E3F9E"/>
     <w:rsid w:val="005E5757"/>
     <w:rsid w:val="005E58F7"/>
     <w:rsid w:val="005E6959"/>
     <w:rsid w:val="005E6BD5"/>
     <w:rsid w:val="005E6C0A"/>
     <w:rsid w:val="005E7E4A"/>
     <w:rsid w:val="005E7FE4"/>
     <w:rsid w:val="005F1864"/>
     <w:rsid w:val="005F2171"/>
     <w:rsid w:val="005F248C"/>
     <w:rsid w:val="005F32B1"/>
     <w:rsid w:val="005F4B26"/>
+    <w:rsid w:val="005F675A"/>
     <w:rsid w:val="005F7423"/>
     <w:rsid w:val="00600E48"/>
     <w:rsid w:val="00600EC0"/>
     <w:rsid w:val="00600F65"/>
     <w:rsid w:val="00601B91"/>
     <w:rsid w:val="00602956"/>
     <w:rsid w:val="00603710"/>
     <w:rsid w:val="0060373F"/>
     <w:rsid w:val="006057F5"/>
     <w:rsid w:val="00605D0B"/>
     <w:rsid w:val="0060737A"/>
     <w:rsid w:val="006103A8"/>
     <w:rsid w:val="00610708"/>
+    <w:rsid w:val="00610D04"/>
+    <w:rsid w:val="0061216B"/>
     <w:rsid w:val="00612437"/>
     <w:rsid w:val="00612AFD"/>
     <w:rsid w:val="00612E7E"/>
     <w:rsid w:val="0061373B"/>
     <w:rsid w:val="00613A22"/>
     <w:rsid w:val="00614E3D"/>
     <w:rsid w:val="006161B0"/>
     <w:rsid w:val="0061680C"/>
     <w:rsid w:val="00617728"/>
     <w:rsid w:val="00617DD7"/>
     <w:rsid w:val="006217FD"/>
     <w:rsid w:val="00621C9A"/>
     <w:rsid w:val="0062232A"/>
     <w:rsid w:val="00622784"/>
     <w:rsid w:val="00622BC0"/>
     <w:rsid w:val="00623C9F"/>
     <w:rsid w:val="0062548D"/>
+    <w:rsid w:val="00626E54"/>
     <w:rsid w:val="00627ED7"/>
     <w:rsid w:val="00631737"/>
     <w:rsid w:val="00631855"/>
     <w:rsid w:val="00631904"/>
     <w:rsid w:val="0063363B"/>
     <w:rsid w:val="0063426A"/>
     <w:rsid w:val="0063550A"/>
     <w:rsid w:val="006369D5"/>
     <w:rsid w:val="00637ECC"/>
     <w:rsid w:val="00640339"/>
     <w:rsid w:val="00641DED"/>
     <w:rsid w:val="00642887"/>
     <w:rsid w:val="006434F0"/>
+    <w:rsid w:val="006435B9"/>
+    <w:rsid w:val="0064476C"/>
     <w:rsid w:val="00645748"/>
     <w:rsid w:val="006467D6"/>
     <w:rsid w:val="00647618"/>
+    <w:rsid w:val="006478F4"/>
     <w:rsid w:val="00647C78"/>
     <w:rsid w:val="00650F0E"/>
     <w:rsid w:val="00651E3B"/>
     <w:rsid w:val="006526DF"/>
+    <w:rsid w:val="006529DD"/>
     <w:rsid w:val="00653E7B"/>
     <w:rsid w:val="00662AE2"/>
     <w:rsid w:val="00663211"/>
     <w:rsid w:val="0066557D"/>
     <w:rsid w:val="00665F5A"/>
     <w:rsid w:val="0066629D"/>
+    <w:rsid w:val="006663A2"/>
     <w:rsid w:val="00667233"/>
     <w:rsid w:val="006674AF"/>
+    <w:rsid w:val="006703B2"/>
     <w:rsid w:val="00670664"/>
     <w:rsid w:val="00670AED"/>
     <w:rsid w:val="0067137D"/>
     <w:rsid w:val="00671A8A"/>
+    <w:rsid w:val="00671C35"/>
     <w:rsid w:val="00671F4B"/>
     <w:rsid w:val="006744D9"/>
     <w:rsid w:val="00676953"/>
     <w:rsid w:val="00677503"/>
+    <w:rsid w:val="00680186"/>
     <w:rsid w:val="00680B43"/>
     <w:rsid w:val="00680E79"/>
     <w:rsid w:val="006812C2"/>
     <w:rsid w:val="00681754"/>
+    <w:rsid w:val="00681A5B"/>
     <w:rsid w:val="00681EA8"/>
     <w:rsid w:val="00682814"/>
     <w:rsid w:val="00682A42"/>
     <w:rsid w:val="0068389E"/>
     <w:rsid w:val="00683FF3"/>
     <w:rsid w:val="00684284"/>
     <w:rsid w:val="006868A4"/>
     <w:rsid w:val="006868C9"/>
     <w:rsid w:val="006874BD"/>
     <w:rsid w:val="00690361"/>
+    <w:rsid w:val="00690E22"/>
     <w:rsid w:val="00691470"/>
+    <w:rsid w:val="00691898"/>
     <w:rsid w:val="00691C7B"/>
     <w:rsid w:val="00692048"/>
     <w:rsid w:val="00692C93"/>
+    <w:rsid w:val="00692DA7"/>
     <w:rsid w:val="006935B5"/>
     <w:rsid w:val="00694244"/>
     <w:rsid w:val="00695071"/>
     <w:rsid w:val="006951DF"/>
     <w:rsid w:val="00696405"/>
     <w:rsid w:val="0069664A"/>
     <w:rsid w:val="006A0BB4"/>
+    <w:rsid w:val="006A13E5"/>
     <w:rsid w:val="006A1FC8"/>
     <w:rsid w:val="006A2E14"/>
     <w:rsid w:val="006A421A"/>
     <w:rsid w:val="006A4260"/>
     <w:rsid w:val="006A4825"/>
     <w:rsid w:val="006A59C4"/>
     <w:rsid w:val="006A64B0"/>
+    <w:rsid w:val="006A6BEA"/>
     <w:rsid w:val="006A7039"/>
     <w:rsid w:val="006B0721"/>
     <w:rsid w:val="006B0A64"/>
+    <w:rsid w:val="006B15B4"/>
     <w:rsid w:val="006B1DED"/>
     <w:rsid w:val="006B218C"/>
     <w:rsid w:val="006B2BEA"/>
     <w:rsid w:val="006B54A2"/>
+    <w:rsid w:val="006B6643"/>
     <w:rsid w:val="006C047A"/>
     <w:rsid w:val="006C11A8"/>
     <w:rsid w:val="006C37AC"/>
     <w:rsid w:val="006C3FDE"/>
     <w:rsid w:val="006C4A6A"/>
     <w:rsid w:val="006C59CC"/>
     <w:rsid w:val="006D080A"/>
     <w:rsid w:val="006D15B4"/>
+    <w:rsid w:val="006D1F6A"/>
+    <w:rsid w:val="006D3293"/>
     <w:rsid w:val="006D3BC8"/>
     <w:rsid w:val="006D3D70"/>
     <w:rsid w:val="006D4E8F"/>
+    <w:rsid w:val="006D68FD"/>
     <w:rsid w:val="006E056F"/>
     <w:rsid w:val="006E09E8"/>
     <w:rsid w:val="006E0B1E"/>
+    <w:rsid w:val="006E0C17"/>
+    <w:rsid w:val="006E10C7"/>
+    <w:rsid w:val="006E22AD"/>
     <w:rsid w:val="006E28E6"/>
+    <w:rsid w:val="006E3711"/>
     <w:rsid w:val="006E5CCF"/>
     <w:rsid w:val="006E5D0B"/>
     <w:rsid w:val="006E5FE7"/>
     <w:rsid w:val="006F0F0B"/>
     <w:rsid w:val="006F1B4C"/>
     <w:rsid w:val="006F1ED9"/>
     <w:rsid w:val="006F375B"/>
     <w:rsid w:val="006F48FD"/>
+    <w:rsid w:val="006F5585"/>
+    <w:rsid w:val="006F5737"/>
     <w:rsid w:val="006F5946"/>
     <w:rsid w:val="006F5D65"/>
     <w:rsid w:val="006F6107"/>
+    <w:rsid w:val="006F6E9E"/>
     <w:rsid w:val="006F72D9"/>
     <w:rsid w:val="00700131"/>
+    <w:rsid w:val="007005C4"/>
     <w:rsid w:val="00701939"/>
     <w:rsid w:val="00702733"/>
+    <w:rsid w:val="0070310D"/>
     <w:rsid w:val="00703905"/>
     <w:rsid w:val="00703C9A"/>
     <w:rsid w:val="007050DD"/>
     <w:rsid w:val="00705225"/>
     <w:rsid w:val="0070527E"/>
     <w:rsid w:val="00705CD3"/>
     <w:rsid w:val="00706089"/>
     <w:rsid w:val="00706E92"/>
+    <w:rsid w:val="00706FAE"/>
     <w:rsid w:val="0070765E"/>
     <w:rsid w:val="00711E66"/>
     <w:rsid w:val="00712D9E"/>
     <w:rsid w:val="00713133"/>
     <w:rsid w:val="00715B60"/>
     <w:rsid w:val="00715D2A"/>
     <w:rsid w:val="00715D49"/>
     <w:rsid w:val="00715F48"/>
     <w:rsid w:val="00717C18"/>
     <w:rsid w:val="00721163"/>
     <w:rsid w:val="007222B3"/>
     <w:rsid w:val="007222E6"/>
     <w:rsid w:val="00722ACE"/>
     <w:rsid w:val="007238A8"/>
     <w:rsid w:val="00723D0C"/>
     <w:rsid w:val="00724300"/>
     <w:rsid w:val="00725BE1"/>
     <w:rsid w:val="00726721"/>
     <w:rsid w:val="00726B00"/>
     <w:rsid w:val="007277BA"/>
     <w:rsid w:val="0073185F"/>
+    <w:rsid w:val="007325E2"/>
     <w:rsid w:val="007342D1"/>
     <w:rsid w:val="00734D55"/>
     <w:rsid w:val="00736243"/>
     <w:rsid w:val="00737C4F"/>
     <w:rsid w:val="007411B1"/>
     <w:rsid w:val="00741C99"/>
     <w:rsid w:val="00743371"/>
     <w:rsid w:val="00744643"/>
     <w:rsid w:val="007450F9"/>
     <w:rsid w:val="0074522E"/>
+    <w:rsid w:val="00745264"/>
     <w:rsid w:val="00746311"/>
+    <w:rsid w:val="007463F2"/>
     <w:rsid w:val="007472EA"/>
     <w:rsid w:val="0074773D"/>
     <w:rsid w:val="007479EE"/>
     <w:rsid w:val="00747D31"/>
+    <w:rsid w:val="00750609"/>
     <w:rsid w:val="00750D39"/>
+    <w:rsid w:val="0075117D"/>
+    <w:rsid w:val="007518ED"/>
     <w:rsid w:val="007525BD"/>
     <w:rsid w:val="00752D13"/>
     <w:rsid w:val="00754C87"/>
     <w:rsid w:val="0075506C"/>
     <w:rsid w:val="007554BA"/>
     <w:rsid w:val="00756856"/>
+    <w:rsid w:val="00756F7D"/>
     <w:rsid w:val="00757EF6"/>
     <w:rsid w:val="00757FA0"/>
     <w:rsid w:val="007603B6"/>
+    <w:rsid w:val="007611F8"/>
     <w:rsid w:val="00762BC7"/>
     <w:rsid w:val="00762D8E"/>
     <w:rsid w:val="007631B8"/>
+    <w:rsid w:val="007637DE"/>
     <w:rsid w:val="00763EAE"/>
     <w:rsid w:val="007652A2"/>
     <w:rsid w:val="00765833"/>
     <w:rsid w:val="00765F28"/>
     <w:rsid w:val="007663C0"/>
     <w:rsid w:val="00766B9D"/>
     <w:rsid w:val="0076759D"/>
     <w:rsid w:val="00767851"/>
     <w:rsid w:val="00767895"/>
     <w:rsid w:val="00770708"/>
     <w:rsid w:val="00770A5E"/>
     <w:rsid w:val="00773286"/>
     <w:rsid w:val="00773CF6"/>
     <w:rsid w:val="00774875"/>
     <w:rsid w:val="00775046"/>
     <w:rsid w:val="00775353"/>
     <w:rsid w:val="00775855"/>
     <w:rsid w:val="00775BEB"/>
     <w:rsid w:val="00775C68"/>
     <w:rsid w:val="00776ACE"/>
     <w:rsid w:val="0077712A"/>
     <w:rsid w:val="00780679"/>
     <w:rsid w:val="00780BBE"/>
     <w:rsid w:val="007813EA"/>
     <w:rsid w:val="00781813"/>
     <w:rsid w:val="00781CBD"/>
     <w:rsid w:val="00781D00"/>
     <w:rsid w:val="00781EAC"/>
     <w:rsid w:val="00782EAA"/>
     <w:rsid w:val="00783D5E"/>
     <w:rsid w:val="00784AA3"/>
     <w:rsid w:val="007850B1"/>
     <w:rsid w:val="0078705D"/>
     <w:rsid w:val="007875A3"/>
     <w:rsid w:val="00787C93"/>
+    <w:rsid w:val="00790748"/>
     <w:rsid w:val="0079097A"/>
     <w:rsid w:val="007915F5"/>
     <w:rsid w:val="00791651"/>
+    <w:rsid w:val="007920C5"/>
+    <w:rsid w:val="007938A5"/>
     <w:rsid w:val="00793A40"/>
     <w:rsid w:val="00793EC5"/>
     <w:rsid w:val="0079498A"/>
     <w:rsid w:val="00794C6D"/>
     <w:rsid w:val="0079523F"/>
     <w:rsid w:val="007966DD"/>
     <w:rsid w:val="00797678"/>
     <w:rsid w:val="0079790E"/>
     <w:rsid w:val="007A08B2"/>
     <w:rsid w:val="007A1358"/>
     <w:rsid w:val="007A218A"/>
     <w:rsid w:val="007A2D0A"/>
     <w:rsid w:val="007A2E57"/>
+    <w:rsid w:val="007A33AD"/>
+    <w:rsid w:val="007A430B"/>
     <w:rsid w:val="007A6094"/>
     <w:rsid w:val="007A611C"/>
     <w:rsid w:val="007A63E5"/>
     <w:rsid w:val="007A763C"/>
     <w:rsid w:val="007A76FB"/>
+    <w:rsid w:val="007B01D7"/>
     <w:rsid w:val="007B0AB1"/>
     <w:rsid w:val="007B16DF"/>
     <w:rsid w:val="007B1EBF"/>
     <w:rsid w:val="007B24CE"/>
     <w:rsid w:val="007B29C7"/>
     <w:rsid w:val="007B2EAC"/>
     <w:rsid w:val="007B2F8B"/>
     <w:rsid w:val="007B308A"/>
     <w:rsid w:val="007B3619"/>
     <w:rsid w:val="007B3700"/>
     <w:rsid w:val="007B43F9"/>
     <w:rsid w:val="007B54CF"/>
     <w:rsid w:val="007B5DF8"/>
     <w:rsid w:val="007B69C0"/>
+    <w:rsid w:val="007B7885"/>
     <w:rsid w:val="007C0D73"/>
     <w:rsid w:val="007C11CF"/>
+    <w:rsid w:val="007C1C83"/>
     <w:rsid w:val="007C1D84"/>
+    <w:rsid w:val="007C2A35"/>
     <w:rsid w:val="007C3277"/>
     <w:rsid w:val="007C32AB"/>
     <w:rsid w:val="007C3C2E"/>
     <w:rsid w:val="007C5C43"/>
     <w:rsid w:val="007C67D5"/>
     <w:rsid w:val="007C6FE3"/>
     <w:rsid w:val="007D0247"/>
     <w:rsid w:val="007D43CE"/>
     <w:rsid w:val="007D43F3"/>
     <w:rsid w:val="007D494A"/>
     <w:rsid w:val="007D755A"/>
+    <w:rsid w:val="007E1414"/>
+    <w:rsid w:val="007E234E"/>
     <w:rsid w:val="007E5044"/>
     <w:rsid w:val="007E5A58"/>
     <w:rsid w:val="007E623F"/>
     <w:rsid w:val="007E6550"/>
     <w:rsid w:val="007E7232"/>
     <w:rsid w:val="007E7DA5"/>
     <w:rsid w:val="007F065B"/>
     <w:rsid w:val="007F2390"/>
     <w:rsid w:val="007F281F"/>
     <w:rsid w:val="007F2A4E"/>
     <w:rsid w:val="007F2CCA"/>
     <w:rsid w:val="007F2DAF"/>
     <w:rsid w:val="007F2EF1"/>
     <w:rsid w:val="007F37E9"/>
     <w:rsid w:val="007F423F"/>
     <w:rsid w:val="007F42A8"/>
     <w:rsid w:val="007F4726"/>
     <w:rsid w:val="007F493E"/>
     <w:rsid w:val="007F6A54"/>
     <w:rsid w:val="007F6D41"/>
     <w:rsid w:val="007F6F55"/>
     <w:rsid w:val="007F7823"/>
     <w:rsid w:val="007F7BE8"/>
     <w:rsid w:val="0080013F"/>
     <w:rsid w:val="0080020A"/>
     <w:rsid w:val="008028AB"/>
     <w:rsid w:val="00802ACC"/>
     <w:rsid w:val="00803232"/>
     <w:rsid w:val="008036A0"/>
+    <w:rsid w:val="00803E51"/>
     <w:rsid w:val="00805FC3"/>
     <w:rsid w:val="008060D7"/>
     <w:rsid w:val="00806F37"/>
     <w:rsid w:val="00810913"/>
     <w:rsid w:val="00811277"/>
     <w:rsid w:val="00811C82"/>
     <w:rsid w:val="00814287"/>
     <w:rsid w:val="0081471A"/>
     <w:rsid w:val="00815FB3"/>
     <w:rsid w:val="00817675"/>
     <w:rsid w:val="008178B5"/>
     <w:rsid w:val="00817B4B"/>
     <w:rsid w:val="00820102"/>
     <w:rsid w:val="00820A5B"/>
     <w:rsid w:val="008212B8"/>
     <w:rsid w:val="00821A95"/>
     <w:rsid w:val="008220E1"/>
     <w:rsid w:val="00822CEE"/>
     <w:rsid w:val="008239E7"/>
     <w:rsid w:val="00825C62"/>
     <w:rsid w:val="00826FFE"/>
+    <w:rsid w:val="008277E8"/>
     <w:rsid w:val="008311AC"/>
     <w:rsid w:val="00831656"/>
+    <w:rsid w:val="00831EC3"/>
     <w:rsid w:val="00832781"/>
     <w:rsid w:val="00833244"/>
     <w:rsid w:val="00833587"/>
     <w:rsid w:val="008336A5"/>
     <w:rsid w:val="00834091"/>
     <w:rsid w:val="0083579D"/>
     <w:rsid w:val="008364FD"/>
     <w:rsid w:val="00836C82"/>
     <w:rsid w:val="0083782E"/>
     <w:rsid w:val="008414A5"/>
     <w:rsid w:val="0084202C"/>
     <w:rsid w:val="0084226E"/>
     <w:rsid w:val="00842D10"/>
     <w:rsid w:val="0084334E"/>
     <w:rsid w:val="00850199"/>
     <w:rsid w:val="008505F0"/>
     <w:rsid w:val="008513A4"/>
+    <w:rsid w:val="00851D2A"/>
     <w:rsid w:val="008520D0"/>
     <w:rsid w:val="008525CA"/>
     <w:rsid w:val="008539AD"/>
     <w:rsid w:val="00853B21"/>
     <w:rsid w:val="008550F7"/>
     <w:rsid w:val="008554C8"/>
     <w:rsid w:val="00855533"/>
     <w:rsid w:val="00856773"/>
     <w:rsid w:val="00856DBA"/>
     <w:rsid w:val="008576E1"/>
     <w:rsid w:val="008579F2"/>
     <w:rsid w:val="00862039"/>
     <w:rsid w:val="00863A8F"/>
     <w:rsid w:val="00863C79"/>
+    <w:rsid w:val="00864021"/>
     <w:rsid w:val="00864398"/>
     <w:rsid w:val="00865148"/>
     <w:rsid w:val="00865AEA"/>
     <w:rsid w:val="008665F4"/>
     <w:rsid w:val="008679C1"/>
     <w:rsid w:val="00870425"/>
     <w:rsid w:val="008717CF"/>
     <w:rsid w:val="008718F5"/>
     <w:rsid w:val="00872372"/>
     <w:rsid w:val="008725EE"/>
     <w:rsid w:val="008733E3"/>
     <w:rsid w:val="0087361B"/>
     <w:rsid w:val="00873A7F"/>
     <w:rsid w:val="00873DBD"/>
     <w:rsid w:val="008745EC"/>
     <w:rsid w:val="008746B2"/>
     <w:rsid w:val="00875F18"/>
     <w:rsid w:val="008761ED"/>
     <w:rsid w:val="008762A0"/>
     <w:rsid w:val="0087638F"/>
     <w:rsid w:val="00876B6F"/>
     <w:rsid w:val="00876D13"/>
     <w:rsid w:val="00876D5B"/>
     <w:rsid w:val="008774D8"/>
+    <w:rsid w:val="00877EE4"/>
     <w:rsid w:val="00881649"/>
     <w:rsid w:val="00881E40"/>
     <w:rsid w:val="00882B1D"/>
     <w:rsid w:val="00883AE0"/>
     <w:rsid w:val="00885316"/>
     <w:rsid w:val="00885B32"/>
+    <w:rsid w:val="00886BC9"/>
     <w:rsid w:val="00887CA0"/>
     <w:rsid w:val="00887E55"/>
     <w:rsid w:val="008905D7"/>
     <w:rsid w:val="0089060F"/>
+    <w:rsid w:val="0089133B"/>
     <w:rsid w:val="0089158E"/>
     <w:rsid w:val="00891C59"/>
     <w:rsid w:val="00892446"/>
     <w:rsid w:val="008926B6"/>
     <w:rsid w:val="008928E6"/>
     <w:rsid w:val="00892B29"/>
     <w:rsid w:val="00892D9B"/>
     <w:rsid w:val="00892EB9"/>
     <w:rsid w:val="00893641"/>
     <w:rsid w:val="0089377C"/>
     <w:rsid w:val="00893943"/>
+    <w:rsid w:val="00893C0B"/>
     <w:rsid w:val="00894650"/>
     <w:rsid w:val="0089512D"/>
     <w:rsid w:val="008968F5"/>
     <w:rsid w:val="008A0099"/>
+    <w:rsid w:val="008A0C4C"/>
     <w:rsid w:val="008A1752"/>
     <w:rsid w:val="008A18AC"/>
     <w:rsid w:val="008A1B1E"/>
     <w:rsid w:val="008A23AA"/>
     <w:rsid w:val="008A3AB6"/>
     <w:rsid w:val="008A3FB1"/>
     <w:rsid w:val="008A4F73"/>
     <w:rsid w:val="008A5954"/>
     <w:rsid w:val="008A652F"/>
     <w:rsid w:val="008A7256"/>
     <w:rsid w:val="008B0A72"/>
     <w:rsid w:val="008B2B86"/>
     <w:rsid w:val="008B5C25"/>
     <w:rsid w:val="008B5F37"/>
+    <w:rsid w:val="008B6078"/>
     <w:rsid w:val="008B64EB"/>
     <w:rsid w:val="008B7537"/>
     <w:rsid w:val="008B7FA0"/>
     <w:rsid w:val="008C032A"/>
+    <w:rsid w:val="008C0532"/>
     <w:rsid w:val="008C2280"/>
     <w:rsid w:val="008C3185"/>
     <w:rsid w:val="008C394C"/>
     <w:rsid w:val="008C3EB0"/>
     <w:rsid w:val="008C5579"/>
     <w:rsid w:val="008C5B3D"/>
     <w:rsid w:val="008C79AF"/>
     <w:rsid w:val="008C7B6E"/>
+    <w:rsid w:val="008D050E"/>
     <w:rsid w:val="008D115D"/>
     <w:rsid w:val="008D1354"/>
     <w:rsid w:val="008D20ED"/>
     <w:rsid w:val="008D2A70"/>
     <w:rsid w:val="008D3937"/>
     <w:rsid w:val="008D5E65"/>
     <w:rsid w:val="008D76C1"/>
     <w:rsid w:val="008E0455"/>
     <w:rsid w:val="008E1ACE"/>
     <w:rsid w:val="008E2CB2"/>
     <w:rsid w:val="008E3C19"/>
     <w:rsid w:val="008E3E8C"/>
+    <w:rsid w:val="008E483B"/>
     <w:rsid w:val="008E4DEF"/>
     <w:rsid w:val="008E4E1A"/>
     <w:rsid w:val="008E5122"/>
     <w:rsid w:val="008E6162"/>
     <w:rsid w:val="008E63F9"/>
+    <w:rsid w:val="008E6EAD"/>
     <w:rsid w:val="008F0261"/>
     <w:rsid w:val="008F05E6"/>
     <w:rsid w:val="008F06F1"/>
     <w:rsid w:val="008F0944"/>
     <w:rsid w:val="008F12DF"/>
     <w:rsid w:val="008F1426"/>
     <w:rsid w:val="008F2F3C"/>
+    <w:rsid w:val="008F4590"/>
     <w:rsid w:val="008F461C"/>
     <w:rsid w:val="008F467D"/>
     <w:rsid w:val="008F4983"/>
     <w:rsid w:val="008F74C5"/>
     <w:rsid w:val="008F75F4"/>
+    <w:rsid w:val="00901001"/>
     <w:rsid w:val="00901938"/>
     <w:rsid w:val="009025AA"/>
     <w:rsid w:val="00902774"/>
     <w:rsid w:val="00902A04"/>
+    <w:rsid w:val="00904385"/>
     <w:rsid w:val="00905A88"/>
     <w:rsid w:val="00905B8F"/>
     <w:rsid w:val="00907F5C"/>
     <w:rsid w:val="00912795"/>
+    <w:rsid w:val="00912995"/>
     <w:rsid w:val="00913425"/>
     <w:rsid w:val="00917052"/>
     <w:rsid w:val="00917BBE"/>
     <w:rsid w:val="009205E1"/>
+    <w:rsid w:val="0092114F"/>
     <w:rsid w:val="0092126B"/>
     <w:rsid w:val="00921F3B"/>
     <w:rsid w:val="009221EB"/>
     <w:rsid w:val="00922529"/>
+    <w:rsid w:val="009229E1"/>
     <w:rsid w:val="009233BF"/>
+    <w:rsid w:val="009236DC"/>
     <w:rsid w:val="00924C67"/>
     <w:rsid w:val="00924CF6"/>
     <w:rsid w:val="009251C2"/>
     <w:rsid w:val="00926C1A"/>
     <w:rsid w:val="00927ED7"/>
     <w:rsid w:val="00931E71"/>
     <w:rsid w:val="00932F92"/>
     <w:rsid w:val="009333B9"/>
     <w:rsid w:val="00933494"/>
     <w:rsid w:val="009348AF"/>
     <w:rsid w:val="00935D4E"/>
     <w:rsid w:val="00936FD4"/>
+    <w:rsid w:val="00940273"/>
+    <w:rsid w:val="009405E1"/>
     <w:rsid w:val="009411D7"/>
     <w:rsid w:val="00941C5C"/>
     <w:rsid w:val="00942F6D"/>
     <w:rsid w:val="00943007"/>
     <w:rsid w:val="00943028"/>
     <w:rsid w:val="009433AD"/>
     <w:rsid w:val="0094567F"/>
     <w:rsid w:val="00945E6C"/>
+    <w:rsid w:val="009461EA"/>
+    <w:rsid w:val="009463B0"/>
     <w:rsid w:val="00947959"/>
     <w:rsid w:val="00947CD5"/>
     <w:rsid w:val="009501D7"/>
     <w:rsid w:val="00951204"/>
     <w:rsid w:val="00951EBE"/>
     <w:rsid w:val="00953FA2"/>
     <w:rsid w:val="0095507F"/>
     <w:rsid w:val="0095519B"/>
     <w:rsid w:val="009551CC"/>
+    <w:rsid w:val="00955FF6"/>
     <w:rsid w:val="0095650C"/>
     <w:rsid w:val="00956E18"/>
     <w:rsid w:val="0095720D"/>
     <w:rsid w:val="00960311"/>
     <w:rsid w:val="00961518"/>
     <w:rsid w:val="0096152E"/>
     <w:rsid w:val="00961F44"/>
+    <w:rsid w:val="00962672"/>
     <w:rsid w:val="0096267A"/>
     <w:rsid w:val="0096548F"/>
     <w:rsid w:val="00965F1A"/>
+    <w:rsid w:val="00966BF9"/>
     <w:rsid w:val="00966FE6"/>
     <w:rsid w:val="00967518"/>
     <w:rsid w:val="00967A37"/>
     <w:rsid w:val="00967FFC"/>
     <w:rsid w:val="009720D0"/>
     <w:rsid w:val="009720DA"/>
     <w:rsid w:val="00973634"/>
     <w:rsid w:val="00974158"/>
     <w:rsid w:val="0097554D"/>
     <w:rsid w:val="00975B8B"/>
     <w:rsid w:val="0097799E"/>
     <w:rsid w:val="00981440"/>
     <w:rsid w:val="00981F0A"/>
     <w:rsid w:val="00984C24"/>
+    <w:rsid w:val="009858F9"/>
     <w:rsid w:val="00986670"/>
     <w:rsid w:val="00987B56"/>
     <w:rsid w:val="00990A54"/>
+    <w:rsid w:val="00990A70"/>
     <w:rsid w:val="00991FC2"/>
     <w:rsid w:val="009922A7"/>
     <w:rsid w:val="009922E1"/>
+    <w:rsid w:val="00992E06"/>
     <w:rsid w:val="00995353"/>
     <w:rsid w:val="009956D0"/>
     <w:rsid w:val="00995B46"/>
+    <w:rsid w:val="00997D8B"/>
     <w:rsid w:val="009A00FA"/>
     <w:rsid w:val="009A166D"/>
     <w:rsid w:val="009A1817"/>
+    <w:rsid w:val="009A1DA6"/>
     <w:rsid w:val="009A212C"/>
     <w:rsid w:val="009A2C89"/>
     <w:rsid w:val="009A2CE3"/>
     <w:rsid w:val="009A2DAE"/>
     <w:rsid w:val="009A360D"/>
     <w:rsid w:val="009A3BB5"/>
     <w:rsid w:val="009A4D7E"/>
     <w:rsid w:val="009B0C96"/>
     <w:rsid w:val="009B12B9"/>
     <w:rsid w:val="009B142F"/>
     <w:rsid w:val="009B17DC"/>
     <w:rsid w:val="009B201B"/>
     <w:rsid w:val="009B21F5"/>
     <w:rsid w:val="009B225B"/>
     <w:rsid w:val="009B2723"/>
     <w:rsid w:val="009B33CF"/>
     <w:rsid w:val="009B48C5"/>
     <w:rsid w:val="009B686A"/>
     <w:rsid w:val="009B6960"/>
     <w:rsid w:val="009B77E9"/>
+    <w:rsid w:val="009C0031"/>
     <w:rsid w:val="009C0B43"/>
     <w:rsid w:val="009C112F"/>
     <w:rsid w:val="009C1612"/>
     <w:rsid w:val="009C1FCF"/>
     <w:rsid w:val="009C21CA"/>
     <w:rsid w:val="009C24E7"/>
     <w:rsid w:val="009C324D"/>
     <w:rsid w:val="009C3E91"/>
     <w:rsid w:val="009C4F05"/>
     <w:rsid w:val="009C5941"/>
     <w:rsid w:val="009D0025"/>
     <w:rsid w:val="009D2D45"/>
     <w:rsid w:val="009D2F6B"/>
     <w:rsid w:val="009D35F8"/>
     <w:rsid w:val="009D41FC"/>
     <w:rsid w:val="009D450A"/>
     <w:rsid w:val="009D4D14"/>
     <w:rsid w:val="009D4DA8"/>
     <w:rsid w:val="009D5409"/>
+    <w:rsid w:val="009D571F"/>
     <w:rsid w:val="009D5D76"/>
     <w:rsid w:val="009D5D9E"/>
     <w:rsid w:val="009D7802"/>
     <w:rsid w:val="009D7E79"/>
     <w:rsid w:val="009E1609"/>
     <w:rsid w:val="009E2203"/>
     <w:rsid w:val="009E22F5"/>
     <w:rsid w:val="009E2BA1"/>
     <w:rsid w:val="009E39F5"/>
     <w:rsid w:val="009E3FD8"/>
     <w:rsid w:val="009E444D"/>
     <w:rsid w:val="009E4F25"/>
     <w:rsid w:val="009E58D3"/>
     <w:rsid w:val="009E6057"/>
     <w:rsid w:val="009E6089"/>
     <w:rsid w:val="009E7835"/>
     <w:rsid w:val="009F19FA"/>
+    <w:rsid w:val="009F1D27"/>
     <w:rsid w:val="009F4003"/>
     <w:rsid w:val="009F43D6"/>
     <w:rsid w:val="009F67D5"/>
+    <w:rsid w:val="009F7248"/>
     <w:rsid w:val="00A01048"/>
     <w:rsid w:val="00A01732"/>
     <w:rsid w:val="00A020FB"/>
     <w:rsid w:val="00A02B4A"/>
     <w:rsid w:val="00A031CE"/>
     <w:rsid w:val="00A04B82"/>
+    <w:rsid w:val="00A04D47"/>
     <w:rsid w:val="00A055DA"/>
     <w:rsid w:val="00A05751"/>
     <w:rsid w:val="00A0677F"/>
     <w:rsid w:val="00A0694E"/>
     <w:rsid w:val="00A06E1B"/>
     <w:rsid w:val="00A073DE"/>
     <w:rsid w:val="00A0763F"/>
     <w:rsid w:val="00A11A23"/>
     <w:rsid w:val="00A122DF"/>
     <w:rsid w:val="00A1299B"/>
     <w:rsid w:val="00A12D85"/>
     <w:rsid w:val="00A131FB"/>
     <w:rsid w:val="00A1327D"/>
     <w:rsid w:val="00A136D8"/>
     <w:rsid w:val="00A137FB"/>
     <w:rsid w:val="00A13815"/>
     <w:rsid w:val="00A13FF3"/>
     <w:rsid w:val="00A144BD"/>
     <w:rsid w:val="00A16048"/>
     <w:rsid w:val="00A16AC5"/>
     <w:rsid w:val="00A16D70"/>
     <w:rsid w:val="00A170EB"/>
     <w:rsid w:val="00A2067A"/>
     <w:rsid w:val="00A20D2E"/>
     <w:rsid w:val="00A21804"/>
     <w:rsid w:val="00A21B60"/>
     <w:rsid w:val="00A21C90"/>
     <w:rsid w:val="00A21EFC"/>
     <w:rsid w:val="00A2268E"/>
     <w:rsid w:val="00A2369D"/>
     <w:rsid w:val="00A2465F"/>
     <w:rsid w:val="00A247CF"/>
     <w:rsid w:val="00A24B82"/>
     <w:rsid w:val="00A264C5"/>
     <w:rsid w:val="00A2658F"/>
     <w:rsid w:val="00A26C39"/>
     <w:rsid w:val="00A26C3A"/>
     <w:rsid w:val="00A27F47"/>
     <w:rsid w:val="00A3128C"/>
+    <w:rsid w:val="00A330D5"/>
     <w:rsid w:val="00A333DC"/>
+    <w:rsid w:val="00A33CEA"/>
     <w:rsid w:val="00A34617"/>
+    <w:rsid w:val="00A34824"/>
     <w:rsid w:val="00A40759"/>
     <w:rsid w:val="00A4084F"/>
     <w:rsid w:val="00A417E1"/>
     <w:rsid w:val="00A439ED"/>
     <w:rsid w:val="00A4418D"/>
     <w:rsid w:val="00A4424E"/>
     <w:rsid w:val="00A459E3"/>
     <w:rsid w:val="00A45A42"/>
     <w:rsid w:val="00A46BB6"/>
     <w:rsid w:val="00A50205"/>
     <w:rsid w:val="00A50687"/>
     <w:rsid w:val="00A52C16"/>
     <w:rsid w:val="00A53238"/>
     <w:rsid w:val="00A539B9"/>
     <w:rsid w:val="00A54750"/>
     <w:rsid w:val="00A54F5F"/>
     <w:rsid w:val="00A554BC"/>
+    <w:rsid w:val="00A5551D"/>
     <w:rsid w:val="00A56635"/>
     <w:rsid w:val="00A57CA6"/>
     <w:rsid w:val="00A632D4"/>
     <w:rsid w:val="00A63853"/>
     <w:rsid w:val="00A63F0A"/>
     <w:rsid w:val="00A66C0A"/>
     <w:rsid w:val="00A66EDF"/>
     <w:rsid w:val="00A67672"/>
     <w:rsid w:val="00A7021D"/>
     <w:rsid w:val="00A706C2"/>
     <w:rsid w:val="00A7152E"/>
     <w:rsid w:val="00A724E2"/>
     <w:rsid w:val="00A72D71"/>
     <w:rsid w:val="00A7415C"/>
     <w:rsid w:val="00A74179"/>
     <w:rsid w:val="00A750A4"/>
     <w:rsid w:val="00A7542B"/>
     <w:rsid w:val="00A75592"/>
     <w:rsid w:val="00A7694A"/>
     <w:rsid w:val="00A77569"/>
     <w:rsid w:val="00A77DBC"/>
     <w:rsid w:val="00A77E32"/>
     <w:rsid w:val="00A811BC"/>
     <w:rsid w:val="00A82448"/>
     <w:rsid w:val="00A82C81"/>
     <w:rsid w:val="00A8308C"/>
+    <w:rsid w:val="00A8365D"/>
     <w:rsid w:val="00A83896"/>
     <w:rsid w:val="00A83FBA"/>
     <w:rsid w:val="00A842F8"/>
     <w:rsid w:val="00A8595A"/>
+    <w:rsid w:val="00A85AD6"/>
     <w:rsid w:val="00A85B26"/>
     <w:rsid w:val="00A85F25"/>
     <w:rsid w:val="00A863B4"/>
     <w:rsid w:val="00A86B7D"/>
     <w:rsid w:val="00A87A81"/>
     <w:rsid w:val="00A911B9"/>
     <w:rsid w:val="00A92108"/>
     <w:rsid w:val="00A921B8"/>
     <w:rsid w:val="00A92508"/>
     <w:rsid w:val="00A92D57"/>
     <w:rsid w:val="00A92F94"/>
+    <w:rsid w:val="00A93019"/>
     <w:rsid w:val="00A9365E"/>
     <w:rsid w:val="00A94352"/>
     <w:rsid w:val="00A95A85"/>
     <w:rsid w:val="00A97465"/>
     <w:rsid w:val="00A9786A"/>
     <w:rsid w:val="00AA01E7"/>
     <w:rsid w:val="00AA1DE9"/>
     <w:rsid w:val="00AA1EE6"/>
     <w:rsid w:val="00AA3CFC"/>
     <w:rsid w:val="00AA4DC2"/>
     <w:rsid w:val="00AA579B"/>
+    <w:rsid w:val="00AA66C2"/>
     <w:rsid w:val="00AA6A25"/>
     <w:rsid w:val="00AA6C5C"/>
     <w:rsid w:val="00AA7DCF"/>
     <w:rsid w:val="00AA7FC5"/>
     <w:rsid w:val="00AB000A"/>
     <w:rsid w:val="00AB4055"/>
     <w:rsid w:val="00AB4803"/>
     <w:rsid w:val="00AB50D5"/>
     <w:rsid w:val="00AB5AEE"/>
     <w:rsid w:val="00AB63EF"/>
     <w:rsid w:val="00AB69A8"/>
     <w:rsid w:val="00AB79D2"/>
     <w:rsid w:val="00AB7A07"/>
     <w:rsid w:val="00AB7CE7"/>
     <w:rsid w:val="00AC0A59"/>
     <w:rsid w:val="00AC0DE8"/>
     <w:rsid w:val="00AC1D39"/>
     <w:rsid w:val="00AC208C"/>
     <w:rsid w:val="00AC26A4"/>
     <w:rsid w:val="00AC26ED"/>
     <w:rsid w:val="00AC3A53"/>
     <w:rsid w:val="00AC4087"/>
     <w:rsid w:val="00AC410C"/>
     <w:rsid w:val="00AC4C35"/>
+    <w:rsid w:val="00AC51C1"/>
     <w:rsid w:val="00AC55E4"/>
     <w:rsid w:val="00AC5660"/>
+    <w:rsid w:val="00AC7DB8"/>
     <w:rsid w:val="00AD00A4"/>
     <w:rsid w:val="00AD0C22"/>
     <w:rsid w:val="00AD2C91"/>
     <w:rsid w:val="00AD4D12"/>
     <w:rsid w:val="00AD4EF5"/>
     <w:rsid w:val="00AD5008"/>
     <w:rsid w:val="00AD530C"/>
     <w:rsid w:val="00AD5AA0"/>
     <w:rsid w:val="00AD658F"/>
     <w:rsid w:val="00AD698A"/>
     <w:rsid w:val="00AE02F3"/>
     <w:rsid w:val="00AE0606"/>
     <w:rsid w:val="00AE10B8"/>
     <w:rsid w:val="00AE1370"/>
     <w:rsid w:val="00AE3F70"/>
     <w:rsid w:val="00AE4EC8"/>
     <w:rsid w:val="00AE5AC3"/>
     <w:rsid w:val="00AE5D4B"/>
     <w:rsid w:val="00AE6692"/>
     <w:rsid w:val="00AE7207"/>
     <w:rsid w:val="00AE731D"/>
     <w:rsid w:val="00AE784A"/>
     <w:rsid w:val="00AF14C6"/>
     <w:rsid w:val="00AF22E6"/>
     <w:rsid w:val="00AF2C58"/>
     <w:rsid w:val="00AF2CA8"/>
     <w:rsid w:val="00AF3576"/>
     <w:rsid w:val="00AF4BE1"/>
     <w:rsid w:val="00AF4DE8"/>
     <w:rsid w:val="00AF5188"/>
     <w:rsid w:val="00AF5837"/>
     <w:rsid w:val="00AF5A60"/>
     <w:rsid w:val="00AF61FA"/>
     <w:rsid w:val="00AF673C"/>
     <w:rsid w:val="00AF6DA1"/>
     <w:rsid w:val="00AF7CAB"/>
+    <w:rsid w:val="00AF7DDB"/>
     <w:rsid w:val="00AF7ECC"/>
     <w:rsid w:val="00B00949"/>
     <w:rsid w:val="00B0163D"/>
     <w:rsid w:val="00B0242B"/>
     <w:rsid w:val="00B02934"/>
     <w:rsid w:val="00B03A4A"/>
     <w:rsid w:val="00B04792"/>
     <w:rsid w:val="00B04A5A"/>
+    <w:rsid w:val="00B0514B"/>
     <w:rsid w:val="00B060DF"/>
     <w:rsid w:val="00B060E3"/>
     <w:rsid w:val="00B06303"/>
     <w:rsid w:val="00B0710E"/>
     <w:rsid w:val="00B11FE6"/>
     <w:rsid w:val="00B12381"/>
+    <w:rsid w:val="00B1252C"/>
     <w:rsid w:val="00B12638"/>
     <w:rsid w:val="00B133CF"/>
     <w:rsid w:val="00B1355C"/>
     <w:rsid w:val="00B13BF1"/>
     <w:rsid w:val="00B159FB"/>
     <w:rsid w:val="00B216C3"/>
     <w:rsid w:val="00B21DAD"/>
     <w:rsid w:val="00B24139"/>
+    <w:rsid w:val="00B241FD"/>
     <w:rsid w:val="00B24E23"/>
     <w:rsid w:val="00B2674E"/>
     <w:rsid w:val="00B27C58"/>
     <w:rsid w:val="00B27F0B"/>
     <w:rsid w:val="00B3053D"/>
     <w:rsid w:val="00B332BE"/>
     <w:rsid w:val="00B33601"/>
     <w:rsid w:val="00B34018"/>
     <w:rsid w:val="00B340BC"/>
     <w:rsid w:val="00B3438E"/>
     <w:rsid w:val="00B349D0"/>
     <w:rsid w:val="00B34BFC"/>
     <w:rsid w:val="00B35AAC"/>
     <w:rsid w:val="00B35ACC"/>
     <w:rsid w:val="00B35C82"/>
+    <w:rsid w:val="00B35E9A"/>
+    <w:rsid w:val="00B363F9"/>
     <w:rsid w:val="00B36926"/>
     <w:rsid w:val="00B36D29"/>
     <w:rsid w:val="00B3718C"/>
     <w:rsid w:val="00B37F06"/>
     <w:rsid w:val="00B37F45"/>
     <w:rsid w:val="00B4043D"/>
     <w:rsid w:val="00B40447"/>
     <w:rsid w:val="00B414E1"/>
     <w:rsid w:val="00B41A08"/>
     <w:rsid w:val="00B41CBB"/>
     <w:rsid w:val="00B4238F"/>
     <w:rsid w:val="00B42D8F"/>
     <w:rsid w:val="00B439EB"/>
     <w:rsid w:val="00B43D66"/>
     <w:rsid w:val="00B4426F"/>
     <w:rsid w:val="00B4497F"/>
     <w:rsid w:val="00B44D16"/>
     <w:rsid w:val="00B45407"/>
     <w:rsid w:val="00B46099"/>
     <w:rsid w:val="00B467C9"/>
     <w:rsid w:val="00B4710C"/>
     <w:rsid w:val="00B47EC6"/>
     <w:rsid w:val="00B506B9"/>
+    <w:rsid w:val="00B50CD2"/>
     <w:rsid w:val="00B50D8E"/>
     <w:rsid w:val="00B51168"/>
     <w:rsid w:val="00B512CE"/>
     <w:rsid w:val="00B5484B"/>
     <w:rsid w:val="00B54A3C"/>
     <w:rsid w:val="00B54BBD"/>
     <w:rsid w:val="00B55CD0"/>
     <w:rsid w:val="00B56D26"/>
     <w:rsid w:val="00B570D3"/>
     <w:rsid w:val="00B575FC"/>
     <w:rsid w:val="00B6083A"/>
     <w:rsid w:val="00B61375"/>
     <w:rsid w:val="00B614C7"/>
     <w:rsid w:val="00B61A4B"/>
     <w:rsid w:val="00B61F10"/>
     <w:rsid w:val="00B633E5"/>
     <w:rsid w:val="00B63EAC"/>
     <w:rsid w:val="00B63F16"/>
     <w:rsid w:val="00B63F9B"/>
+    <w:rsid w:val="00B6560D"/>
     <w:rsid w:val="00B6570F"/>
     <w:rsid w:val="00B65852"/>
     <w:rsid w:val="00B65B7D"/>
     <w:rsid w:val="00B661E5"/>
     <w:rsid w:val="00B66ACA"/>
     <w:rsid w:val="00B67F2E"/>
+    <w:rsid w:val="00B70A4C"/>
     <w:rsid w:val="00B7140A"/>
     <w:rsid w:val="00B73899"/>
     <w:rsid w:val="00B73A3A"/>
     <w:rsid w:val="00B7697B"/>
     <w:rsid w:val="00B76B4C"/>
     <w:rsid w:val="00B77FB2"/>
     <w:rsid w:val="00B8025F"/>
     <w:rsid w:val="00B80300"/>
     <w:rsid w:val="00B80ABE"/>
     <w:rsid w:val="00B80B3A"/>
     <w:rsid w:val="00B80DD9"/>
     <w:rsid w:val="00B8214E"/>
     <w:rsid w:val="00B828ED"/>
+    <w:rsid w:val="00B82E70"/>
     <w:rsid w:val="00B831EF"/>
     <w:rsid w:val="00B840CB"/>
+    <w:rsid w:val="00B84314"/>
     <w:rsid w:val="00B846C1"/>
     <w:rsid w:val="00B85729"/>
     <w:rsid w:val="00B8620F"/>
     <w:rsid w:val="00B86528"/>
+    <w:rsid w:val="00B87040"/>
     <w:rsid w:val="00B87442"/>
     <w:rsid w:val="00B87E0A"/>
     <w:rsid w:val="00B90201"/>
     <w:rsid w:val="00B904CA"/>
     <w:rsid w:val="00B91FBA"/>
     <w:rsid w:val="00B924EC"/>
     <w:rsid w:val="00B926C4"/>
     <w:rsid w:val="00B93550"/>
     <w:rsid w:val="00B93874"/>
     <w:rsid w:val="00B93A0E"/>
+    <w:rsid w:val="00B941CD"/>
     <w:rsid w:val="00B97F53"/>
     <w:rsid w:val="00BA0B41"/>
     <w:rsid w:val="00BA1463"/>
     <w:rsid w:val="00BA1777"/>
     <w:rsid w:val="00BA1D9C"/>
     <w:rsid w:val="00BA210F"/>
     <w:rsid w:val="00BA2987"/>
     <w:rsid w:val="00BA2CEA"/>
     <w:rsid w:val="00BA2D4B"/>
     <w:rsid w:val="00BA2FFB"/>
+    <w:rsid w:val="00BA3FA5"/>
     <w:rsid w:val="00BA41E2"/>
     <w:rsid w:val="00BA4400"/>
     <w:rsid w:val="00BA4464"/>
     <w:rsid w:val="00BA59B8"/>
     <w:rsid w:val="00BA68D1"/>
     <w:rsid w:val="00BA6A93"/>
     <w:rsid w:val="00BA6C90"/>
     <w:rsid w:val="00BB0782"/>
     <w:rsid w:val="00BB08B0"/>
     <w:rsid w:val="00BB3CA4"/>
     <w:rsid w:val="00BB4325"/>
     <w:rsid w:val="00BB57DD"/>
     <w:rsid w:val="00BB57E2"/>
     <w:rsid w:val="00BB57FC"/>
     <w:rsid w:val="00BB671F"/>
     <w:rsid w:val="00BB7715"/>
     <w:rsid w:val="00BC0C1E"/>
     <w:rsid w:val="00BC12F9"/>
     <w:rsid w:val="00BC14EF"/>
     <w:rsid w:val="00BC4EB3"/>
     <w:rsid w:val="00BC5075"/>
     <w:rsid w:val="00BC5173"/>
     <w:rsid w:val="00BC5390"/>
     <w:rsid w:val="00BC5511"/>
     <w:rsid w:val="00BC625E"/>
     <w:rsid w:val="00BC6B77"/>
+    <w:rsid w:val="00BC712B"/>
     <w:rsid w:val="00BC7DE6"/>
     <w:rsid w:val="00BD08C6"/>
     <w:rsid w:val="00BD1554"/>
     <w:rsid w:val="00BD1C5A"/>
+    <w:rsid w:val="00BD2504"/>
     <w:rsid w:val="00BD30DE"/>
+    <w:rsid w:val="00BD3743"/>
     <w:rsid w:val="00BD40F0"/>
     <w:rsid w:val="00BD5108"/>
     <w:rsid w:val="00BD7A1A"/>
     <w:rsid w:val="00BE0A02"/>
     <w:rsid w:val="00BE1257"/>
     <w:rsid w:val="00BE1619"/>
     <w:rsid w:val="00BE24B4"/>
     <w:rsid w:val="00BE2ADB"/>
     <w:rsid w:val="00BE2C34"/>
     <w:rsid w:val="00BE3627"/>
     <w:rsid w:val="00BE3838"/>
     <w:rsid w:val="00BE556A"/>
     <w:rsid w:val="00BE5CDE"/>
     <w:rsid w:val="00BE5DD8"/>
     <w:rsid w:val="00BE5F6E"/>
     <w:rsid w:val="00BE6530"/>
     <w:rsid w:val="00BE6AFA"/>
     <w:rsid w:val="00BE7B42"/>
     <w:rsid w:val="00BF10AF"/>
     <w:rsid w:val="00BF1EC3"/>
     <w:rsid w:val="00BF294D"/>
     <w:rsid w:val="00BF3A8A"/>
     <w:rsid w:val="00BF462D"/>
     <w:rsid w:val="00BF4A32"/>
     <w:rsid w:val="00BF504D"/>
     <w:rsid w:val="00BF5477"/>
     <w:rsid w:val="00BF5773"/>
     <w:rsid w:val="00BF60DC"/>
     <w:rsid w:val="00BF643D"/>
     <w:rsid w:val="00BF6B61"/>
     <w:rsid w:val="00BF7B03"/>
+    <w:rsid w:val="00BF7C5C"/>
     <w:rsid w:val="00C00138"/>
+    <w:rsid w:val="00C00331"/>
     <w:rsid w:val="00C004F3"/>
     <w:rsid w:val="00C018D1"/>
     <w:rsid w:val="00C01BDD"/>
     <w:rsid w:val="00C02B0D"/>
     <w:rsid w:val="00C0315B"/>
     <w:rsid w:val="00C03A47"/>
     <w:rsid w:val="00C0423D"/>
     <w:rsid w:val="00C05B01"/>
     <w:rsid w:val="00C07A11"/>
     <w:rsid w:val="00C07A69"/>
     <w:rsid w:val="00C07B25"/>
     <w:rsid w:val="00C111B8"/>
     <w:rsid w:val="00C11DDC"/>
     <w:rsid w:val="00C1222F"/>
     <w:rsid w:val="00C12931"/>
     <w:rsid w:val="00C138AE"/>
     <w:rsid w:val="00C14251"/>
     <w:rsid w:val="00C14544"/>
     <w:rsid w:val="00C14D9F"/>
     <w:rsid w:val="00C17372"/>
     <w:rsid w:val="00C22132"/>
     <w:rsid w:val="00C223A0"/>
     <w:rsid w:val="00C23077"/>
     <w:rsid w:val="00C230CD"/>
     <w:rsid w:val="00C23130"/>
+    <w:rsid w:val="00C233C9"/>
     <w:rsid w:val="00C23AAF"/>
     <w:rsid w:val="00C24191"/>
     <w:rsid w:val="00C255B1"/>
     <w:rsid w:val="00C25890"/>
     <w:rsid w:val="00C26291"/>
     <w:rsid w:val="00C26A2E"/>
     <w:rsid w:val="00C30E8D"/>
     <w:rsid w:val="00C33081"/>
+    <w:rsid w:val="00C3319B"/>
+    <w:rsid w:val="00C34497"/>
     <w:rsid w:val="00C34642"/>
     <w:rsid w:val="00C34E69"/>
     <w:rsid w:val="00C3678A"/>
     <w:rsid w:val="00C37186"/>
     <w:rsid w:val="00C41C48"/>
     <w:rsid w:val="00C42862"/>
     <w:rsid w:val="00C44BF2"/>
+    <w:rsid w:val="00C44EC5"/>
     <w:rsid w:val="00C450C2"/>
     <w:rsid w:val="00C5001E"/>
     <w:rsid w:val="00C50070"/>
     <w:rsid w:val="00C504A9"/>
     <w:rsid w:val="00C50E19"/>
     <w:rsid w:val="00C517A7"/>
     <w:rsid w:val="00C52499"/>
     <w:rsid w:val="00C52A78"/>
+    <w:rsid w:val="00C52E95"/>
     <w:rsid w:val="00C544FB"/>
+    <w:rsid w:val="00C55DAD"/>
     <w:rsid w:val="00C56219"/>
     <w:rsid w:val="00C56235"/>
     <w:rsid w:val="00C60078"/>
     <w:rsid w:val="00C60E93"/>
     <w:rsid w:val="00C628DA"/>
     <w:rsid w:val="00C6333C"/>
     <w:rsid w:val="00C637D4"/>
     <w:rsid w:val="00C64326"/>
     <w:rsid w:val="00C652A8"/>
     <w:rsid w:val="00C65ECE"/>
+    <w:rsid w:val="00C6660F"/>
     <w:rsid w:val="00C66CE4"/>
     <w:rsid w:val="00C71637"/>
     <w:rsid w:val="00C7235A"/>
     <w:rsid w:val="00C72ECB"/>
     <w:rsid w:val="00C73051"/>
     <w:rsid w:val="00C73098"/>
     <w:rsid w:val="00C7439E"/>
     <w:rsid w:val="00C747B1"/>
     <w:rsid w:val="00C74801"/>
     <w:rsid w:val="00C7517C"/>
     <w:rsid w:val="00C753B4"/>
     <w:rsid w:val="00C76763"/>
     <w:rsid w:val="00C7693E"/>
     <w:rsid w:val="00C77A1A"/>
     <w:rsid w:val="00C77D6C"/>
     <w:rsid w:val="00C80CB7"/>
     <w:rsid w:val="00C81291"/>
     <w:rsid w:val="00C8221C"/>
     <w:rsid w:val="00C8241C"/>
     <w:rsid w:val="00C82614"/>
     <w:rsid w:val="00C82B4C"/>
     <w:rsid w:val="00C832D5"/>
     <w:rsid w:val="00C84FAA"/>
     <w:rsid w:val="00C853CE"/>
+    <w:rsid w:val="00C85A25"/>
+    <w:rsid w:val="00C85AC9"/>
     <w:rsid w:val="00C85D1B"/>
     <w:rsid w:val="00C85D91"/>
     <w:rsid w:val="00C85E53"/>
     <w:rsid w:val="00C86073"/>
     <w:rsid w:val="00C86D5E"/>
     <w:rsid w:val="00C86F6B"/>
     <w:rsid w:val="00C87B56"/>
     <w:rsid w:val="00C87E06"/>
     <w:rsid w:val="00C900A4"/>
     <w:rsid w:val="00C903C6"/>
     <w:rsid w:val="00C9085D"/>
     <w:rsid w:val="00C91995"/>
     <w:rsid w:val="00C91EFE"/>
+    <w:rsid w:val="00C92666"/>
     <w:rsid w:val="00C92D40"/>
     <w:rsid w:val="00C9409B"/>
     <w:rsid w:val="00C95C7A"/>
     <w:rsid w:val="00C95CB6"/>
     <w:rsid w:val="00C9682D"/>
     <w:rsid w:val="00CA0057"/>
     <w:rsid w:val="00CA03A2"/>
     <w:rsid w:val="00CA0475"/>
     <w:rsid w:val="00CA1788"/>
     <w:rsid w:val="00CA3441"/>
     <w:rsid w:val="00CA40F2"/>
     <w:rsid w:val="00CA5295"/>
+    <w:rsid w:val="00CA7FE5"/>
     <w:rsid w:val="00CB0781"/>
     <w:rsid w:val="00CB35BA"/>
     <w:rsid w:val="00CB3961"/>
+    <w:rsid w:val="00CB3FE5"/>
     <w:rsid w:val="00CB44DF"/>
     <w:rsid w:val="00CB4AE5"/>
+    <w:rsid w:val="00CB6E3F"/>
     <w:rsid w:val="00CB7A2E"/>
     <w:rsid w:val="00CC088E"/>
     <w:rsid w:val="00CC09AC"/>
+    <w:rsid w:val="00CC1222"/>
     <w:rsid w:val="00CC18CC"/>
     <w:rsid w:val="00CC1D02"/>
     <w:rsid w:val="00CC1D1A"/>
     <w:rsid w:val="00CC22E7"/>
+    <w:rsid w:val="00CC29C0"/>
     <w:rsid w:val="00CC2AE4"/>
     <w:rsid w:val="00CC3D3C"/>
     <w:rsid w:val="00CC44BC"/>
     <w:rsid w:val="00CC5273"/>
     <w:rsid w:val="00CC5446"/>
     <w:rsid w:val="00CC57AB"/>
     <w:rsid w:val="00CC6E3E"/>
     <w:rsid w:val="00CC6EF0"/>
     <w:rsid w:val="00CD0737"/>
     <w:rsid w:val="00CD1184"/>
     <w:rsid w:val="00CD1330"/>
+    <w:rsid w:val="00CD2829"/>
     <w:rsid w:val="00CD2DC2"/>
     <w:rsid w:val="00CD320D"/>
     <w:rsid w:val="00CD33C9"/>
     <w:rsid w:val="00CD5E32"/>
     <w:rsid w:val="00CE0DF1"/>
     <w:rsid w:val="00CE10F9"/>
     <w:rsid w:val="00CE1DC6"/>
     <w:rsid w:val="00CE25B6"/>
     <w:rsid w:val="00CE3786"/>
     <w:rsid w:val="00CE3AA2"/>
+    <w:rsid w:val="00CE53A5"/>
     <w:rsid w:val="00CE73DB"/>
     <w:rsid w:val="00CE74DD"/>
     <w:rsid w:val="00CE7B54"/>
     <w:rsid w:val="00CE7B55"/>
     <w:rsid w:val="00CF080F"/>
+    <w:rsid w:val="00CF0C7E"/>
     <w:rsid w:val="00CF208C"/>
     <w:rsid w:val="00CF27A8"/>
     <w:rsid w:val="00CF3549"/>
     <w:rsid w:val="00CF3FAE"/>
     <w:rsid w:val="00CF400F"/>
+    <w:rsid w:val="00CF57FF"/>
     <w:rsid w:val="00CF5973"/>
     <w:rsid w:val="00CF5D91"/>
     <w:rsid w:val="00CF63D0"/>
     <w:rsid w:val="00CF7709"/>
     <w:rsid w:val="00D00238"/>
     <w:rsid w:val="00D00254"/>
+    <w:rsid w:val="00D0039E"/>
     <w:rsid w:val="00D0118B"/>
     <w:rsid w:val="00D01356"/>
     <w:rsid w:val="00D01CA8"/>
     <w:rsid w:val="00D02597"/>
     <w:rsid w:val="00D0292B"/>
     <w:rsid w:val="00D02950"/>
     <w:rsid w:val="00D02C53"/>
     <w:rsid w:val="00D044F4"/>
     <w:rsid w:val="00D0564D"/>
     <w:rsid w:val="00D064F7"/>
     <w:rsid w:val="00D0773A"/>
     <w:rsid w:val="00D07A4E"/>
     <w:rsid w:val="00D109A9"/>
     <w:rsid w:val="00D114C6"/>
     <w:rsid w:val="00D118DE"/>
     <w:rsid w:val="00D12DEB"/>
     <w:rsid w:val="00D13796"/>
     <w:rsid w:val="00D149FE"/>
     <w:rsid w:val="00D1547F"/>
     <w:rsid w:val="00D157A0"/>
     <w:rsid w:val="00D1588D"/>
     <w:rsid w:val="00D16330"/>
     <w:rsid w:val="00D1709D"/>
     <w:rsid w:val="00D17C15"/>
     <w:rsid w:val="00D20FAF"/>
+    <w:rsid w:val="00D212C9"/>
     <w:rsid w:val="00D2280F"/>
     <w:rsid w:val="00D23227"/>
     <w:rsid w:val="00D2329A"/>
     <w:rsid w:val="00D238AB"/>
     <w:rsid w:val="00D239B2"/>
     <w:rsid w:val="00D24AC2"/>
     <w:rsid w:val="00D25E62"/>
     <w:rsid w:val="00D25F38"/>
     <w:rsid w:val="00D26DD4"/>
     <w:rsid w:val="00D26EE2"/>
     <w:rsid w:val="00D27367"/>
     <w:rsid w:val="00D27B8E"/>
     <w:rsid w:val="00D30572"/>
     <w:rsid w:val="00D30BE6"/>
     <w:rsid w:val="00D30E20"/>
     <w:rsid w:val="00D32455"/>
     <w:rsid w:val="00D33516"/>
     <w:rsid w:val="00D3404D"/>
     <w:rsid w:val="00D34F30"/>
     <w:rsid w:val="00D36BA8"/>
     <w:rsid w:val="00D371EC"/>
     <w:rsid w:val="00D37255"/>
     <w:rsid w:val="00D37346"/>
     <w:rsid w:val="00D40080"/>
+    <w:rsid w:val="00D40B4A"/>
     <w:rsid w:val="00D421DD"/>
     <w:rsid w:val="00D42308"/>
+    <w:rsid w:val="00D42464"/>
     <w:rsid w:val="00D428E0"/>
     <w:rsid w:val="00D450B5"/>
     <w:rsid w:val="00D45116"/>
+    <w:rsid w:val="00D456F6"/>
     <w:rsid w:val="00D4761E"/>
     <w:rsid w:val="00D477C0"/>
     <w:rsid w:val="00D47BF4"/>
+    <w:rsid w:val="00D5005C"/>
+    <w:rsid w:val="00D502FB"/>
     <w:rsid w:val="00D51A6A"/>
     <w:rsid w:val="00D52D82"/>
     <w:rsid w:val="00D52DAF"/>
     <w:rsid w:val="00D530F8"/>
     <w:rsid w:val="00D5326E"/>
     <w:rsid w:val="00D554D0"/>
     <w:rsid w:val="00D566A0"/>
+    <w:rsid w:val="00D56B1B"/>
     <w:rsid w:val="00D6012B"/>
     <w:rsid w:val="00D60B76"/>
     <w:rsid w:val="00D61604"/>
     <w:rsid w:val="00D62167"/>
     <w:rsid w:val="00D62BFF"/>
     <w:rsid w:val="00D63EE5"/>
     <w:rsid w:val="00D64EA9"/>
     <w:rsid w:val="00D6515B"/>
     <w:rsid w:val="00D6581C"/>
     <w:rsid w:val="00D6643A"/>
     <w:rsid w:val="00D66BEF"/>
     <w:rsid w:val="00D6707B"/>
     <w:rsid w:val="00D67A19"/>
     <w:rsid w:val="00D67C65"/>
     <w:rsid w:val="00D71D88"/>
     <w:rsid w:val="00D71E7C"/>
     <w:rsid w:val="00D72082"/>
+    <w:rsid w:val="00D729D2"/>
     <w:rsid w:val="00D729DC"/>
     <w:rsid w:val="00D74A05"/>
+    <w:rsid w:val="00D74C4C"/>
     <w:rsid w:val="00D74F2B"/>
     <w:rsid w:val="00D7656B"/>
     <w:rsid w:val="00D768E2"/>
     <w:rsid w:val="00D770BE"/>
     <w:rsid w:val="00D77638"/>
     <w:rsid w:val="00D77F40"/>
     <w:rsid w:val="00D803CB"/>
     <w:rsid w:val="00D8080C"/>
+    <w:rsid w:val="00D80874"/>
     <w:rsid w:val="00D81BBF"/>
     <w:rsid w:val="00D82011"/>
     <w:rsid w:val="00D82441"/>
+    <w:rsid w:val="00D83BBE"/>
     <w:rsid w:val="00D83F5C"/>
     <w:rsid w:val="00D84B7E"/>
     <w:rsid w:val="00D84C58"/>
     <w:rsid w:val="00D8556A"/>
+    <w:rsid w:val="00D86987"/>
     <w:rsid w:val="00D86F2B"/>
     <w:rsid w:val="00D87795"/>
     <w:rsid w:val="00D9222F"/>
     <w:rsid w:val="00D923D4"/>
     <w:rsid w:val="00D9498B"/>
     <w:rsid w:val="00D94B1D"/>
+    <w:rsid w:val="00D9536C"/>
     <w:rsid w:val="00D9562D"/>
     <w:rsid w:val="00D96610"/>
     <w:rsid w:val="00D97241"/>
     <w:rsid w:val="00DA02F0"/>
     <w:rsid w:val="00DA034B"/>
     <w:rsid w:val="00DA036B"/>
     <w:rsid w:val="00DA053E"/>
+    <w:rsid w:val="00DA254A"/>
+    <w:rsid w:val="00DA2612"/>
     <w:rsid w:val="00DA266F"/>
     <w:rsid w:val="00DA2F2F"/>
     <w:rsid w:val="00DA3418"/>
     <w:rsid w:val="00DA3A2D"/>
     <w:rsid w:val="00DA4C5B"/>
     <w:rsid w:val="00DA56F9"/>
     <w:rsid w:val="00DA5A98"/>
     <w:rsid w:val="00DA655F"/>
     <w:rsid w:val="00DA69D3"/>
+    <w:rsid w:val="00DA6D17"/>
     <w:rsid w:val="00DA6FA5"/>
     <w:rsid w:val="00DA771A"/>
     <w:rsid w:val="00DA7D7A"/>
     <w:rsid w:val="00DA7EF5"/>
     <w:rsid w:val="00DB02F2"/>
+    <w:rsid w:val="00DB035C"/>
+    <w:rsid w:val="00DB2C1B"/>
     <w:rsid w:val="00DB2E52"/>
     <w:rsid w:val="00DB3033"/>
     <w:rsid w:val="00DB3433"/>
     <w:rsid w:val="00DB6D83"/>
     <w:rsid w:val="00DB75C0"/>
     <w:rsid w:val="00DB7687"/>
+    <w:rsid w:val="00DB783B"/>
     <w:rsid w:val="00DC045F"/>
+    <w:rsid w:val="00DC0580"/>
     <w:rsid w:val="00DC062E"/>
     <w:rsid w:val="00DC1005"/>
     <w:rsid w:val="00DC290A"/>
     <w:rsid w:val="00DC3DA8"/>
     <w:rsid w:val="00DC412D"/>
     <w:rsid w:val="00DC489D"/>
+    <w:rsid w:val="00DC48A6"/>
     <w:rsid w:val="00DC4AF2"/>
     <w:rsid w:val="00DC5C6B"/>
+    <w:rsid w:val="00DC6728"/>
     <w:rsid w:val="00DC67AA"/>
     <w:rsid w:val="00DC7774"/>
     <w:rsid w:val="00DD097C"/>
     <w:rsid w:val="00DD1374"/>
     <w:rsid w:val="00DD2A35"/>
     <w:rsid w:val="00DD32FC"/>
     <w:rsid w:val="00DD33A8"/>
+    <w:rsid w:val="00DD3506"/>
     <w:rsid w:val="00DD3BE8"/>
     <w:rsid w:val="00DD48BA"/>
     <w:rsid w:val="00DD4C63"/>
     <w:rsid w:val="00DD581C"/>
     <w:rsid w:val="00DD58E4"/>
     <w:rsid w:val="00DD68AC"/>
+    <w:rsid w:val="00DD6CF6"/>
     <w:rsid w:val="00DD7DB8"/>
     <w:rsid w:val="00DE114A"/>
     <w:rsid w:val="00DE1968"/>
     <w:rsid w:val="00DE1F3E"/>
     <w:rsid w:val="00DE2E8E"/>
     <w:rsid w:val="00DE3332"/>
     <w:rsid w:val="00DE3C8F"/>
+    <w:rsid w:val="00DE3E66"/>
     <w:rsid w:val="00DE3FFD"/>
     <w:rsid w:val="00DE4514"/>
     <w:rsid w:val="00DE4676"/>
     <w:rsid w:val="00DE546E"/>
+    <w:rsid w:val="00DE5FF1"/>
     <w:rsid w:val="00DE634B"/>
     <w:rsid w:val="00DE6714"/>
     <w:rsid w:val="00DE74A7"/>
     <w:rsid w:val="00DE7F61"/>
     <w:rsid w:val="00DF0B97"/>
     <w:rsid w:val="00DF2A39"/>
     <w:rsid w:val="00DF2F71"/>
+    <w:rsid w:val="00DF30B2"/>
     <w:rsid w:val="00DF492E"/>
     <w:rsid w:val="00DF50C2"/>
     <w:rsid w:val="00DF5153"/>
     <w:rsid w:val="00DF6A4A"/>
     <w:rsid w:val="00DF7311"/>
     <w:rsid w:val="00DF7592"/>
     <w:rsid w:val="00E00045"/>
+    <w:rsid w:val="00E00A5D"/>
     <w:rsid w:val="00E01599"/>
     <w:rsid w:val="00E01819"/>
     <w:rsid w:val="00E025A0"/>
     <w:rsid w:val="00E04324"/>
+    <w:rsid w:val="00E04C7D"/>
     <w:rsid w:val="00E04D89"/>
     <w:rsid w:val="00E06336"/>
     <w:rsid w:val="00E06444"/>
     <w:rsid w:val="00E068FA"/>
     <w:rsid w:val="00E10F02"/>
     <w:rsid w:val="00E116E3"/>
     <w:rsid w:val="00E11E68"/>
     <w:rsid w:val="00E12814"/>
     <w:rsid w:val="00E1295F"/>
     <w:rsid w:val="00E134CA"/>
     <w:rsid w:val="00E142BD"/>
     <w:rsid w:val="00E14908"/>
     <w:rsid w:val="00E15C7E"/>
     <w:rsid w:val="00E15E9D"/>
+    <w:rsid w:val="00E166EA"/>
     <w:rsid w:val="00E16A3D"/>
     <w:rsid w:val="00E213B6"/>
     <w:rsid w:val="00E23004"/>
     <w:rsid w:val="00E24E08"/>
     <w:rsid w:val="00E25079"/>
     <w:rsid w:val="00E2527B"/>
     <w:rsid w:val="00E25D9E"/>
     <w:rsid w:val="00E300F4"/>
+    <w:rsid w:val="00E30294"/>
     <w:rsid w:val="00E313A8"/>
     <w:rsid w:val="00E328C0"/>
     <w:rsid w:val="00E3459C"/>
+    <w:rsid w:val="00E34925"/>
     <w:rsid w:val="00E359BC"/>
+    <w:rsid w:val="00E40442"/>
     <w:rsid w:val="00E40AAE"/>
     <w:rsid w:val="00E40C14"/>
     <w:rsid w:val="00E4350A"/>
     <w:rsid w:val="00E44ECD"/>
     <w:rsid w:val="00E45186"/>
+    <w:rsid w:val="00E45C9A"/>
     <w:rsid w:val="00E45DBC"/>
     <w:rsid w:val="00E462B2"/>
     <w:rsid w:val="00E46C5A"/>
     <w:rsid w:val="00E46DF3"/>
     <w:rsid w:val="00E471F0"/>
     <w:rsid w:val="00E5227D"/>
     <w:rsid w:val="00E53AA0"/>
+    <w:rsid w:val="00E54685"/>
     <w:rsid w:val="00E54752"/>
     <w:rsid w:val="00E55202"/>
+    <w:rsid w:val="00E5543F"/>
+    <w:rsid w:val="00E557A6"/>
     <w:rsid w:val="00E603CF"/>
     <w:rsid w:val="00E60947"/>
     <w:rsid w:val="00E616AD"/>
     <w:rsid w:val="00E61822"/>
     <w:rsid w:val="00E6187C"/>
     <w:rsid w:val="00E619C6"/>
     <w:rsid w:val="00E61A12"/>
     <w:rsid w:val="00E63974"/>
     <w:rsid w:val="00E63AAC"/>
     <w:rsid w:val="00E63F42"/>
     <w:rsid w:val="00E645A7"/>
     <w:rsid w:val="00E64D95"/>
     <w:rsid w:val="00E65876"/>
     <w:rsid w:val="00E66466"/>
+    <w:rsid w:val="00E6692B"/>
     <w:rsid w:val="00E66BC2"/>
     <w:rsid w:val="00E66EC2"/>
     <w:rsid w:val="00E66FDB"/>
     <w:rsid w:val="00E678D6"/>
     <w:rsid w:val="00E67B2B"/>
     <w:rsid w:val="00E7069B"/>
     <w:rsid w:val="00E70973"/>
     <w:rsid w:val="00E727CC"/>
     <w:rsid w:val="00E7451B"/>
     <w:rsid w:val="00E75B63"/>
     <w:rsid w:val="00E760C7"/>
     <w:rsid w:val="00E76CCF"/>
     <w:rsid w:val="00E80101"/>
     <w:rsid w:val="00E8169E"/>
+    <w:rsid w:val="00E84C01"/>
     <w:rsid w:val="00E858D0"/>
     <w:rsid w:val="00E8647C"/>
     <w:rsid w:val="00E86714"/>
     <w:rsid w:val="00E8686F"/>
     <w:rsid w:val="00E875A6"/>
     <w:rsid w:val="00E87B7D"/>
     <w:rsid w:val="00E90049"/>
     <w:rsid w:val="00E91EC6"/>
     <w:rsid w:val="00E941F3"/>
     <w:rsid w:val="00E944A9"/>
     <w:rsid w:val="00E9461A"/>
     <w:rsid w:val="00E951FB"/>
     <w:rsid w:val="00E95C85"/>
     <w:rsid w:val="00E96296"/>
     <w:rsid w:val="00E97BCE"/>
     <w:rsid w:val="00EA0073"/>
     <w:rsid w:val="00EA0814"/>
+    <w:rsid w:val="00EA0867"/>
     <w:rsid w:val="00EA17D3"/>
     <w:rsid w:val="00EA248C"/>
+    <w:rsid w:val="00EA2515"/>
     <w:rsid w:val="00EA3166"/>
     <w:rsid w:val="00EA3B45"/>
     <w:rsid w:val="00EA4CCB"/>
     <w:rsid w:val="00EA6776"/>
     <w:rsid w:val="00EA7653"/>
     <w:rsid w:val="00EB0018"/>
     <w:rsid w:val="00EB2358"/>
     <w:rsid w:val="00EB23BF"/>
     <w:rsid w:val="00EB2B74"/>
     <w:rsid w:val="00EB3807"/>
     <w:rsid w:val="00EB3F8A"/>
+    <w:rsid w:val="00EB439F"/>
     <w:rsid w:val="00EB4AE8"/>
     <w:rsid w:val="00EB4F5F"/>
     <w:rsid w:val="00EB4F8B"/>
     <w:rsid w:val="00EB58F5"/>
     <w:rsid w:val="00EB5BDB"/>
     <w:rsid w:val="00EB5D32"/>
     <w:rsid w:val="00EB68EF"/>
     <w:rsid w:val="00EB6AC3"/>
     <w:rsid w:val="00EB6B28"/>
     <w:rsid w:val="00EB7485"/>
     <w:rsid w:val="00EB7DE4"/>
     <w:rsid w:val="00EC013C"/>
     <w:rsid w:val="00EC02E7"/>
     <w:rsid w:val="00EC216C"/>
     <w:rsid w:val="00EC2678"/>
     <w:rsid w:val="00EC2C5E"/>
     <w:rsid w:val="00EC40BD"/>
     <w:rsid w:val="00EC55AA"/>
     <w:rsid w:val="00EC5B30"/>
+    <w:rsid w:val="00EC6141"/>
     <w:rsid w:val="00EC7322"/>
     <w:rsid w:val="00EC7FCE"/>
     <w:rsid w:val="00EC7FD9"/>
+    <w:rsid w:val="00ED0DD9"/>
     <w:rsid w:val="00ED0EC8"/>
     <w:rsid w:val="00ED1100"/>
+    <w:rsid w:val="00ED16C3"/>
+    <w:rsid w:val="00ED1FD5"/>
     <w:rsid w:val="00ED2541"/>
     <w:rsid w:val="00ED38DE"/>
     <w:rsid w:val="00ED3AE1"/>
     <w:rsid w:val="00ED4A65"/>
     <w:rsid w:val="00ED51CD"/>
     <w:rsid w:val="00ED5677"/>
     <w:rsid w:val="00ED5CC9"/>
     <w:rsid w:val="00ED62B7"/>
     <w:rsid w:val="00ED6EAF"/>
     <w:rsid w:val="00ED6F97"/>
     <w:rsid w:val="00ED7047"/>
     <w:rsid w:val="00ED7585"/>
     <w:rsid w:val="00EE0B13"/>
     <w:rsid w:val="00EE0DD9"/>
+    <w:rsid w:val="00EE162D"/>
+    <w:rsid w:val="00EE1A8F"/>
     <w:rsid w:val="00EE3769"/>
+    <w:rsid w:val="00EE419D"/>
     <w:rsid w:val="00EE4702"/>
     <w:rsid w:val="00EE568F"/>
     <w:rsid w:val="00EE60F2"/>
     <w:rsid w:val="00EE67AD"/>
     <w:rsid w:val="00EE6979"/>
     <w:rsid w:val="00EE71F4"/>
+    <w:rsid w:val="00EE781A"/>
     <w:rsid w:val="00EE7983"/>
     <w:rsid w:val="00EF0C13"/>
     <w:rsid w:val="00EF117A"/>
     <w:rsid w:val="00EF14E3"/>
+    <w:rsid w:val="00EF1840"/>
     <w:rsid w:val="00EF19C2"/>
     <w:rsid w:val="00EF288F"/>
     <w:rsid w:val="00EF2C4B"/>
+    <w:rsid w:val="00EF2E3E"/>
     <w:rsid w:val="00EF33A2"/>
     <w:rsid w:val="00EF392C"/>
+    <w:rsid w:val="00EF41D1"/>
     <w:rsid w:val="00EF553F"/>
     <w:rsid w:val="00EF58F4"/>
     <w:rsid w:val="00EF5A0F"/>
     <w:rsid w:val="00EF5D1E"/>
     <w:rsid w:val="00EF62C1"/>
     <w:rsid w:val="00EF72E1"/>
     <w:rsid w:val="00F00516"/>
     <w:rsid w:val="00F00D71"/>
     <w:rsid w:val="00F018F6"/>
     <w:rsid w:val="00F02512"/>
     <w:rsid w:val="00F02B8C"/>
     <w:rsid w:val="00F02D47"/>
+    <w:rsid w:val="00F0483C"/>
     <w:rsid w:val="00F05AE8"/>
     <w:rsid w:val="00F05F9B"/>
     <w:rsid w:val="00F0621F"/>
     <w:rsid w:val="00F067AC"/>
     <w:rsid w:val="00F07060"/>
     <w:rsid w:val="00F077D3"/>
     <w:rsid w:val="00F077F8"/>
     <w:rsid w:val="00F10251"/>
     <w:rsid w:val="00F10BD8"/>
     <w:rsid w:val="00F114C8"/>
     <w:rsid w:val="00F1274C"/>
     <w:rsid w:val="00F13819"/>
+    <w:rsid w:val="00F147BD"/>
+    <w:rsid w:val="00F14827"/>
+    <w:rsid w:val="00F14D3E"/>
     <w:rsid w:val="00F174CE"/>
     <w:rsid w:val="00F20257"/>
     <w:rsid w:val="00F20285"/>
     <w:rsid w:val="00F20303"/>
     <w:rsid w:val="00F20C88"/>
     <w:rsid w:val="00F214FE"/>
     <w:rsid w:val="00F22C5E"/>
     <w:rsid w:val="00F230FF"/>
     <w:rsid w:val="00F23BD1"/>
     <w:rsid w:val="00F23CA4"/>
+    <w:rsid w:val="00F23D7C"/>
     <w:rsid w:val="00F24CCA"/>
     <w:rsid w:val="00F25F19"/>
     <w:rsid w:val="00F273A8"/>
     <w:rsid w:val="00F30AB8"/>
     <w:rsid w:val="00F30C36"/>
     <w:rsid w:val="00F3286B"/>
     <w:rsid w:val="00F32E80"/>
     <w:rsid w:val="00F334B8"/>
     <w:rsid w:val="00F335BA"/>
     <w:rsid w:val="00F3371C"/>
     <w:rsid w:val="00F361E6"/>
     <w:rsid w:val="00F37834"/>
     <w:rsid w:val="00F437D0"/>
     <w:rsid w:val="00F438B5"/>
     <w:rsid w:val="00F45DAB"/>
+    <w:rsid w:val="00F45F7F"/>
     <w:rsid w:val="00F46086"/>
     <w:rsid w:val="00F519CC"/>
     <w:rsid w:val="00F527CE"/>
     <w:rsid w:val="00F53345"/>
     <w:rsid w:val="00F53C30"/>
     <w:rsid w:val="00F55A04"/>
     <w:rsid w:val="00F56BF5"/>
     <w:rsid w:val="00F57791"/>
     <w:rsid w:val="00F578C6"/>
     <w:rsid w:val="00F6018C"/>
     <w:rsid w:val="00F60A41"/>
     <w:rsid w:val="00F638D0"/>
     <w:rsid w:val="00F63A4B"/>
     <w:rsid w:val="00F6409D"/>
     <w:rsid w:val="00F64F51"/>
     <w:rsid w:val="00F65E59"/>
     <w:rsid w:val="00F667E4"/>
     <w:rsid w:val="00F66927"/>
     <w:rsid w:val="00F66AC2"/>
     <w:rsid w:val="00F6748F"/>
     <w:rsid w:val="00F70078"/>
     <w:rsid w:val="00F70819"/>
     <w:rsid w:val="00F70BD9"/>
     <w:rsid w:val="00F717AD"/>
     <w:rsid w:val="00F71B1D"/>
     <w:rsid w:val="00F71DE2"/>
     <w:rsid w:val="00F71E59"/>
     <w:rsid w:val="00F73A86"/>
     <w:rsid w:val="00F73D21"/>
     <w:rsid w:val="00F74019"/>
     <w:rsid w:val="00F751F8"/>
     <w:rsid w:val="00F775F9"/>
     <w:rsid w:val="00F77865"/>
+    <w:rsid w:val="00F803EB"/>
     <w:rsid w:val="00F80A29"/>
     <w:rsid w:val="00F8102F"/>
     <w:rsid w:val="00F81433"/>
     <w:rsid w:val="00F82723"/>
     <w:rsid w:val="00F8515C"/>
     <w:rsid w:val="00F85A19"/>
     <w:rsid w:val="00F85B93"/>
+    <w:rsid w:val="00F866AE"/>
     <w:rsid w:val="00F86A38"/>
+    <w:rsid w:val="00F86E85"/>
     <w:rsid w:val="00F873C2"/>
     <w:rsid w:val="00F87589"/>
+    <w:rsid w:val="00F879DF"/>
     <w:rsid w:val="00F90EFB"/>
     <w:rsid w:val="00F91158"/>
     <w:rsid w:val="00F91230"/>
     <w:rsid w:val="00F91568"/>
     <w:rsid w:val="00F922E9"/>
     <w:rsid w:val="00F9497B"/>
     <w:rsid w:val="00F95BCC"/>
     <w:rsid w:val="00F97788"/>
     <w:rsid w:val="00F97DF2"/>
     <w:rsid w:val="00FA0204"/>
     <w:rsid w:val="00FA1B82"/>
     <w:rsid w:val="00FA1EB1"/>
     <w:rsid w:val="00FA21C0"/>
     <w:rsid w:val="00FA22A2"/>
     <w:rsid w:val="00FA24A6"/>
+    <w:rsid w:val="00FA25EB"/>
     <w:rsid w:val="00FA316E"/>
     <w:rsid w:val="00FA361A"/>
     <w:rsid w:val="00FA3E7A"/>
     <w:rsid w:val="00FA4230"/>
     <w:rsid w:val="00FA43E0"/>
     <w:rsid w:val="00FA4847"/>
     <w:rsid w:val="00FA6338"/>
     <w:rsid w:val="00FA7301"/>
     <w:rsid w:val="00FB3082"/>
     <w:rsid w:val="00FB3167"/>
     <w:rsid w:val="00FB432F"/>
     <w:rsid w:val="00FB441E"/>
     <w:rsid w:val="00FB476D"/>
     <w:rsid w:val="00FB4A1D"/>
+    <w:rsid w:val="00FB5506"/>
     <w:rsid w:val="00FB56C4"/>
     <w:rsid w:val="00FB589C"/>
     <w:rsid w:val="00FB5D7D"/>
     <w:rsid w:val="00FB6383"/>
     <w:rsid w:val="00FB66D3"/>
     <w:rsid w:val="00FC0687"/>
     <w:rsid w:val="00FC1B59"/>
     <w:rsid w:val="00FC1D44"/>
     <w:rsid w:val="00FC28A7"/>
     <w:rsid w:val="00FC333D"/>
     <w:rsid w:val="00FC36CF"/>
     <w:rsid w:val="00FC3949"/>
     <w:rsid w:val="00FC3C68"/>
     <w:rsid w:val="00FC4032"/>
     <w:rsid w:val="00FC5993"/>
     <w:rsid w:val="00FC5C52"/>
     <w:rsid w:val="00FC5E21"/>
     <w:rsid w:val="00FC68B6"/>
     <w:rsid w:val="00FC7030"/>
     <w:rsid w:val="00FD0326"/>
     <w:rsid w:val="00FD14FC"/>
     <w:rsid w:val="00FD170E"/>
     <w:rsid w:val="00FD189C"/>
     <w:rsid w:val="00FD1CED"/>
     <w:rsid w:val="00FD2184"/>
     <w:rsid w:val="00FD406F"/>
     <w:rsid w:val="00FD46AF"/>
     <w:rsid w:val="00FD513C"/>
     <w:rsid w:val="00FD603F"/>
     <w:rsid w:val="00FD7F66"/>
     <w:rsid w:val="00FE10AD"/>
     <w:rsid w:val="00FE1394"/>
     <w:rsid w:val="00FE1A3A"/>
+    <w:rsid w:val="00FE2220"/>
+    <w:rsid w:val="00FE3706"/>
     <w:rsid w:val="00FE42D2"/>
     <w:rsid w:val="00FE487E"/>
+    <w:rsid w:val="00FE4885"/>
     <w:rsid w:val="00FE55B5"/>
     <w:rsid w:val="00FE59B5"/>
     <w:rsid w:val="00FF00B6"/>
     <w:rsid w:val="00FF0D96"/>
+    <w:rsid w:val="00FF19DB"/>
     <w:rsid w:val="00FF31BD"/>
     <w:rsid w:val="00FF4047"/>
     <w:rsid w:val="00FF4D00"/>
     <w:rsid w:val="00FF5F05"/>
     <w:rsid w:val="00FF7579"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-FR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="6A9BB4D0"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{CD7827FC-EA17-4C21-907A-898A94B88D37}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="fr-FR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -8721,50 +6449,51 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="001F4BBA"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Titre1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Titre1Car"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00D044F4"/>
     <w:pPr>
       <w:keepNext/>
@@ -9069,51 +6798,51 @@
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
     <w:name w:val="Default"/>
     <w:rsid w:val="00A724E2"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="352078433">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="438334648">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -9595,82 +7324,82 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FAB87BDD-4C82-4B16-9EE7-F7588120C1B9}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E1FF5591-10AC-42C8-8A5A-7844DC4006A6}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>569</Words>
-  <Characters>3134</Characters>
+  <Words>99</Words>
+  <Characters>549</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>26</Lines>
-  <Paragraphs>7</Paragraphs>
+  <Lines>4</Lines>
+  <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>UTC</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3696</CharactersWithSpaces>
+  <CharactersWithSpaces>647</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>bouchard</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>