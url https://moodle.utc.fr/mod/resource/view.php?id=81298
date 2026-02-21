--- v0 (2025-10-23)
+++ v1 (2026-02-21)
@@ -38,73 +38,64 @@
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>LA92</w:t>
       </w:r>
       <w:r w:rsidR="004A5035" w:rsidRPr="00182D4B">
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> – Français</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> langue étrangère – niveau B1+</w:t>
       </w:r>
       <w:r w:rsidR="00FE58B9">
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">, l’UTC, semestre </w:t>
       </w:r>
-      <w:r w:rsidR="005D612B">
+      <w:r w:rsidR="00E73502">
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>d’automne</w:t>
+        <w:t>de printemps 2026</w:t>
       </w:r>
-      <w:r w:rsidR="00457CFA">
+      <w:r w:rsidR="00CB1749">
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2025</w:t>
-[...5 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> – progression.</w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w:rsidR="004A5035" w:rsidRDefault="004A5035">
       <w:r>
         <w:t>Enseignante responsable : Anna LE VERGER.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grilledutableau"/>
         <w:tblW w:w="15735" w:type="dxa"/>
         <w:tblInd w:w="-1139" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1418"/>
         <w:gridCol w:w="850"/>
         <w:gridCol w:w="1843"/>
         <w:gridCol w:w="5528"/>
         <w:gridCol w:w="2977"/>
         <w:gridCol w:w="3119"/>
       </w:tblGrid>
       <w:tr w:rsidR="005D6A5F" w:rsidTr="006872B0">
         <w:tc>
           <w:tcPr>
@@ -224,65 +215,65 @@
               </w:rPr>
               <w:t>Repères fonctionnels</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="005D6A5F" w:rsidRPr="00FA480A" w:rsidRDefault="005D6A5F" w:rsidP="00FA480A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Repères (inter)culturels</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005D6A5F" w:rsidRPr="00FE58B9" w:rsidTr="006872B0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005D6A5F" w:rsidRPr="00FE58B9" w:rsidRDefault="005D612B">
+          <w:p w:rsidR="005D6A5F" w:rsidRPr="00FE58B9" w:rsidRDefault="00E73502">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Semaine 37</w:t>
+              <w:t>Semaine 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="005D6A5F" w:rsidRPr="00FE58B9" w:rsidRDefault="005D6A5F" w:rsidP="00FA480A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE58B9">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
@@ -640,65 +631,65 @@
               <w:t>Manière d’être</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="005D6A5F" w:rsidRPr="00FE58B9" w:rsidRDefault="005D6A5F">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE58B9">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Comment saluer ? Tu ou vous.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005D6A5F" w:rsidRPr="00FE58B9" w:rsidTr="006872B0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005D6A5F" w:rsidRPr="00FE58B9" w:rsidRDefault="005D612B">
+          <w:p w:rsidR="005D6A5F" w:rsidRPr="00FE58B9" w:rsidRDefault="00E73502">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Semaine 38</w:t>
+              <w:t>Semaine 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="005D6A5F" w:rsidRPr="00FE58B9" w:rsidRDefault="005D6A5F" w:rsidP="00FA480A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE58B9">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
@@ -1056,65 +1047,65 @@
               <w:t>La messagerie électronique et vous</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="005D6A5F" w:rsidRPr="00FE58B9" w:rsidRDefault="005D6A5F">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE58B9">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Les e-mails professionnels</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005D6A5F" w:rsidRPr="00FE58B9" w:rsidTr="006872B0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005D6A5F" w:rsidRPr="00FE58B9" w:rsidRDefault="005D612B">
+          <w:p w:rsidR="005D6A5F" w:rsidRPr="00FE58B9" w:rsidRDefault="00E73502">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Semaine 39</w:t>
+              <w:t>Semaine 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="005D6A5F" w:rsidRPr="00FE58B9" w:rsidRDefault="005D6A5F" w:rsidP="00FA480A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE58B9">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
@@ -1505,57 +1496,57 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005D6A5F" w:rsidRPr="00FE58B9" w:rsidTr="006872B0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="005D6A5F" w:rsidRPr="00FE58B9" w:rsidRDefault="00457CFA">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Semaine</w:t>
             </w:r>
-            <w:r w:rsidR="005D612B">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> 40</w:t>
+            <w:r w:rsidR="00E73502">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="005D6A5F" w:rsidRPr="00FE58B9" w:rsidRDefault="005D6A5F" w:rsidP="00FA480A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE58B9">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
@@ -1943,65 +1934,65 @@
               <w:t>Comprendre une facture</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="005D6A5F" w:rsidRPr="00FE58B9" w:rsidRDefault="005D6A5F">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE58B9">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Les comportements d’achats</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005D6A5F" w:rsidRPr="00FE58B9" w:rsidTr="006872B0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005D6A5F" w:rsidRDefault="005D612B">
+          <w:p w:rsidR="005D6A5F" w:rsidRDefault="00E73502">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Semaine 41</w:t>
+              <w:t>Semaine 14</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00457CFA" w:rsidRDefault="00457CFA">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00457CFA" w:rsidRPr="00FE58B9" w:rsidRDefault="00457CFA">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
@@ -2429,65 +2420,65 @@
               <w:t>Comment bien rédiger une lettre de réclamation ?</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="005D6A5F" w:rsidRPr="00FE58B9" w:rsidRDefault="005D6A5F">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE58B9">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Réussir ses contacts à l’international</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005D612B" w:rsidRPr="00FE58B9" w:rsidTr="006872B0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005D612B" w:rsidRPr="00FE58B9" w:rsidRDefault="005D612B">
+          <w:p w:rsidR="005D612B" w:rsidRPr="00FE58B9" w:rsidRDefault="00E73502">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Semaine 42</w:t>
+              <w:t>Semaine 15</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="005D612B" w:rsidRPr="00FE58B9" w:rsidRDefault="005D612B">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="005D612B" w:rsidRPr="00FE58B9" w:rsidRDefault="005D612B">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="005D612B" w:rsidRDefault="005D612B">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
@@ -2839,65 +2830,65 @@
               <w:t>Comment bien rédiger une note d’information ou de service</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="005D612B" w:rsidRPr="00FE58B9" w:rsidRDefault="005D612B">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE58B9">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>L’art de trinquer</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005D612B" w:rsidRPr="00FE58B9" w:rsidTr="006872B0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005D612B" w:rsidRDefault="005D612B">
+          <w:p w:rsidR="005D612B" w:rsidRDefault="00E73502">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Semaine 43</w:t>
+              <w:t>Semaine 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="005D612B" w:rsidRPr="00FE58B9" w:rsidRDefault="005D612B" w:rsidP="00FA480A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="005D612B" w:rsidRPr="005D612B" w:rsidRDefault="005D612B">
             <w:pPr>
               <w:rPr>
@@ -2941,186 +2932,186 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="005D612B" w:rsidRPr="00FE58B9" w:rsidRDefault="005D612B">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005D612B" w:rsidRPr="00FE58B9" w:rsidTr="006872B0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005D612B" w:rsidRDefault="005D612B">
+          <w:p w:rsidR="005D612B" w:rsidRDefault="00E73502">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Semaine 44</w:t>
+              <w:t>Semaine 17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="005D612B" w:rsidRPr="00FE58B9" w:rsidRDefault="005D612B" w:rsidP="00FA480A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="005D612B" w:rsidRPr="005D612B" w:rsidRDefault="005D612B">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005D612B">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Vacances de </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005D612B" w:rsidRPr="005D612B" w:rsidRDefault="005D612B">
+          <w:p w:rsidR="005D612B" w:rsidRPr="005D612B" w:rsidRDefault="00E73502">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005D612B">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>la Toussaint</w:t>
+              <w:t>printemps</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5528" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="005D612B" w:rsidRPr="00FE58B9" w:rsidRDefault="005D612B">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="005D612B" w:rsidRPr="00FE58B9" w:rsidRDefault="005D612B" w:rsidP="00A17B31">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="005D612B" w:rsidRPr="00FE58B9" w:rsidRDefault="005D612B">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005D612B" w:rsidRPr="00FE58B9" w:rsidTr="006872B0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005D612B" w:rsidRDefault="005D612B">
+          <w:p w:rsidR="005D612B" w:rsidRDefault="00E73502">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Semaine 45</w:t>
+              <w:t>Semaine 18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="005D612B" w:rsidRPr="00FE58B9" w:rsidRDefault="005D612B" w:rsidP="00FA480A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE58B9">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
@@ -3510,65 +3501,65 @@
               <w:t>Les congés en France</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="005D612B" w:rsidRPr="00FE58B9" w:rsidRDefault="005D612B">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE58B9">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Avez-vous l’esprit d’équipe ?</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005D612B" w:rsidRPr="00FE58B9" w:rsidTr="006872B0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005D612B" w:rsidRPr="00FE58B9" w:rsidRDefault="005D612B">
+          <w:p w:rsidR="005D612B" w:rsidRPr="00FE58B9" w:rsidRDefault="00E73502">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Semaine 46</w:t>
+              <w:t>Semaine 19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="005D612B" w:rsidRPr="00FE58B9" w:rsidRDefault="005D612B" w:rsidP="00FA480A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE58B9">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
@@ -4018,65 +4009,65 @@
               <w:t>Le bulletin de paye</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="005D612B" w:rsidRPr="00FE58B9" w:rsidRDefault="005D612B">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE58B9">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>L’entretien d’évaluation</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005D612B" w:rsidRPr="00FE58B9" w:rsidTr="006872B0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005D612B" w:rsidRPr="00FE58B9" w:rsidRDefault="005D612B">
+          <w:p w:rsidR="005D612B" w:rsidRPr="00FE58B9" w:rsidRDefault="00E73502">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Semaine 47</w:t>
+              <w:t>Semaine 20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="005D612B" w:rsidRPr="00FE58B9" w:rsidRDefault="005D612B" w:rsidP="00FA480A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE58B9">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
@@ -4494,65 +4485,65 @@
               <w:t>Comment présenter une lettre commerciale française ?</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="005D612B" w:rsidRPr="00FE58B9" w:rsidRDefault="005D612B">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE58B9">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Joindre le geste à la parole</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005D612B" w:rsidRPr="00FE58B9" w:rsidTr="006872B0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005D612B" w:rsidRPr="00FE58B9" w:rsidRDefault="005D612B">
+          <w:p w:rsidR="005D612B" w:rsidRPr="00FE58B9" w:rsidRDefault="00E73502">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Semaine 48</w:t>
+              <w:t>Semaine 21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="005D612B" w:rsidRPr="00FE58B9" w:rsidRDefault="005D612B" w:rsidP="00FA480A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE58B9">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
@@ -4940,65 +4931,65 @@
               <w:t>Le rapport et le compte rendu</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="005D612B" w:rsidRPr="00FE58B9" w:rsidRDefault="005D612B">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE58B9">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Le management à la française</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005D612B" w:rsidRPr="00FE58B9" w:rsidTr="006872B0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005D612B" w:rsidRPr="00FE58B9" w:rsidRDefault="005D612B">
+          <w:p w:rsidR="005D612B" w:rsidRPr="00FE58B9" w:rsidRDefault="00E73502">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Semaine 49</w:t>
+              <w:t>Semaine 22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="005D612B" w:rsidRPr="00FE58B9" w:rsidRDefault="005D612B" w:rsidP="00FA480A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE58B9">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
@@ -5403,65 +5394,65 @@
               <w:t>La représentation des salariés dans les entreprises françaises</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="005D612B" w:rsidRPr="00FE58B9" w:rsidRDefault="005D612B">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE58B9">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>La consommation collaborative</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005D612B" w:rsidRPr="00FE58B9" w:rsidTr="006872B0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005D612B" w:rsidRPr="00FE58B9" w:rsidRDefault="005D612B">
+          <w:p w:rsidR="005D612B" w:rsidRPr="00FE58B9" w:rsidRDefault="00E73502">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Semaine 50</w:t>
+              <w:t>Semaine 23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="005D612B" w:rsidRPr="00FE58B9" w:rsidRDefault="005D612B" w:rsidP="00FA480A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE58B9">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
@@ -5849,84 +5840,75 @@
               <w:t>Les principales formes juridiques des entreprises françaises</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="005D612B" w:rsidRPr="00FE58B9" w:rsidRDefault="005D612B">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE58B9">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>La formation en France</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005D612B" w:rsidRPr="00FE58B9" w:rsidTr="006872B0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005D612B" w:rsidRDefault="005D612B">
+          <w:p w:rsidR="005D612B" w:rsidRDefault="00E73502">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Semaine 51</w:t>
-[...18 lines deleted...]
-            </w:r>
+              <w:t>Semaine 24</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005D612B" w:rsidRPr="00FE58B9" w:rsidRDefault="005D612B">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="005D612B" w:rsidRPr="00FE58B9" w:rsidRDefault="005D612B" w:rsidP="00FA480A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="005D612B" w:rsidRDefault="005D612B">
             <w:pPr>
               <w:rPr>
                 <w:b/>
@@ -6012,65 +5994,84 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Semaines 52 et 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="005D612B" w:rsidRPr="00FE58B9" w:rsidRDefault="005D612B" w:rsidP="00FA480A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005D612B" w:rsidRPr="00FE58B9" w:rsidRDefault="005D612B">
+          <w:p w:rsidR="005D612B" w:rsidRDefault="00E73502">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Révisions et</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E73502" w:rsidRPr="00FE58B9" w:rsidRDefault="00E73502">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005D612B">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Vacances de Noël</w:t>
+              <w:t>Examen final LA92</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5528" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="005D612B" w:rsidRPr="00FE58B9" w:rsidRDefault="005D612B">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="005D612B" w:rsidRPr="00FE58B9" w:rsidRDefault="005D612B">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -6171,192 +6172,77 @@
             <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="005D612B" w:rsidRPr="00FE58B9" w:rsidRDefault="005D612B">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="005D612B" w:rsidRPr="00FE58B9" w:rsidRDefault="005D612B">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D612B" w:rsidRPr="00FE58B9" w:rsidTr="006872B0">
-[...82 lines deleted...]
-      </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00960860" w:rsidRDefault="00960860">
-[...8 lines deleted...]
-    </w:p>
     <w:p w:rsidR="005D612B" w:rsidRDefault="005D612B">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005D612B" w:rsidRDefault="005D612B">
+    <w:p w:rsidR="00AB3C43" w:rsidRPr="005D612B" w:rsidRDefault="00AB3C43">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...1 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidRPr="005D612B">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-      </w:pPr>
-[...17 lines deleted...]
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Autres activités–clés durant le semestre : </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00AB3C43" w:rsidRPr="005D612B" w:rsidRDefault="00FB745D" w:rsidP="00AB3C43">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005D612B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Rédiger</w:t>
       </w:r>
       <w:r w:rsidR="00AB3C43" w:rsidRPr="005D612B">
         <w:rPr>
           <w:sz w:val="24"/>
@@ -6414,66 +6300,69 @@
       <w:r w:rsidR="00AB3C43" w:rsidRPr="005D612B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> un entretien de stage (ou d’embauche) – une simulation, </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00AB3C43" w:rsidRPr="005D612B" w:rsidRDefault="00FB745D" w:rsidP="00AB3C43">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005D612B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Savoir</w:t>
       </w:r>
       <w:r w:rsidR="00AB3C43" w:rsidRPr="005D612B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> conjuguer les verbes en français : révisions systématiques de Beschere</w:t>
       </w:r>
       <w:r w:rsidRPr="005D612B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>lle,</w:t>
       </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w:rsidR="00AB3C43" w:rsidRPr="005D612B" w:rsidRDefault="00AB3C43" w:rsidP="00AB3C43">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005D612B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Faire un exposé en civilisation française – prise de parole en public</w:t>
       </w:r>
       <w:r w:rsidR="00FB745D" w:rsidRPr="005D612B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -6549,100 +6438,109 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00114509" w:rsidRPr="00FE58B9" w:rsidRDefault="00114509" w:rsidP="00AB3C43">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE58B9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>L’e</w:t>
       </w:r>
-      <w:r w:rsidR="005D612B">
+      <w:r w:rsidR="00E73502">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>xamen médian (25 %) – semaine 42</w:t>
+        <w:t>xamen médian (25 %) – semaine 15</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE58B9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00114509" w:rsidRPr="00FE58B9" w:rsidRDefault="00114509" w:rsidP="00AB3C43">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE58B9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>L’</w:t>
       </w:r>
       <w:r w:rsidR="005D612B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>examen final (50 %) – semaine 51</w:t>
+        <w:t>exam</w:t>
+      </w:r>
+      <w:r w:rsidR="00E73502">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>en final (50 %) – semaine 25</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE58B9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00114509" w:rsidRPr="00FE58B9" w:rsidRDefault="00114509" w:rsidP="00AB3C43">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE58B9">
@@ -6798,50 +6696,79 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Centre des langues, salle FC214</w:t>
       </w:r>
       <w:r w:rsidR="00114509" w:rsidRPr="00FE58B9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> : il vous est demandé de travailler 15 heures au Centre des Langues durant le semestre. Une feuille de suivi vous sera remise par votre professeur avec une liste de bibliographie nécessaire pour votre progression en français.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E73502">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E73502">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Cette activité sera à faire</w:t>
+      </w:r>
+      <w:r w:rsidR="00E73502" w:rsidRPr="00E73502">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> en autonomie car le CDL en travaux.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00114509" w:rsidRPr="00FE58B9" w:rsidRDefault="00114509" w:rsidP="00114509">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE58B9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Bibliographie</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE58B9">
@@ -7163,182 +7090,189 @@
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:bCs/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>http://tice.utc.fr/moodle</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr w:rsidR="00114509" w:rsidRPr="00FE58B9" w:rsidSect="00FA480A">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="426" w:right="1417" w:bottom="568" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00E008A9" w:rsidRDefault="00E008A9" w:rsidP="00FA480A">
+    <w:p w:rsidR="008E59DB" w:rsidRDefault="008E59DB" w:rsidP="00FA480A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00E008A9" w:rsidRDefault="00E008A9" w:rsidP="00FA480A">
+    <w:p w:rsidR="008E59DB" w:rsidRDefault="008E59DB" w:rsidP="00FA480A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00E008A9" w:rsidRDefault="00E008A9" w:rsidP="00FA480A">
+    <w:p w:rsidR="008E59DB" w:rsidRDefault="008E59DB" w:rsidP="00FA480A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00E008A9" w:rsidRDefault="00E008A9" w:rsidP="00FA480A">
+    <w:p w:rsidR="008E59DB" w:rsidRDefault="008E59DB" w:rsidP="00FA480A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-454332445"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr/>
     <w:sdtContent>
       <w:p w:rsidR="00FA480A" w:rsidRDefault="00FA480A">
         <w:pPr>
           <w:pStyle w:val="En-tte"/>
           <w:jc w:val="right"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="005D612B">
+        <w:r w:rsidR="00174AEA">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
-          <w:t>1</w:t>
+          <w:t>6</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w:rsidR="00FA480A" w:rsidRDefault="00FA480A">
     <w:pPr>
       <w:pStyle w:val="En-tte"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5B964DB2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DE80936A"/>
     <w:lvl w:ilvl="0" w:tplc="040C0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
@@ -7665,173 +7599,176 @@
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="98"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="004A5035"/>
     <w:rsid w:val="00022C6A"/>
     <w:rsid w:val="00041E9E"/>
     <w:rsid w:val="00056583"/>
     <w:rsid w:val="000A5371"/>
     <w:rsid w:val="000D4B3C"/>
     <w:rsid w:val="00114509"/>
     <w:rsid w:val="00117486"/>
     <w:rsid w:val="001734F8"/>
+    <w:rsid w:val="00174AEA"/>
     <w:rsid w:val="00182D4B"/>
     <w:rsid w:val="001C7348"/>
     <w:rsid w:val="00207B08"/>
     <w:rsid w:val="00237718"/>
     <w:rsid w:val="00290954"/>
     <w:rsid w:val="002E0C25"/>
     <w:rsid w:val="003015D6"/>
     <w:rsid w:val="003111D4"/>
     <w:rsid w:val="004048D0"/>
     <w:rsid w:val="00432EC4"/>
     <w:rsid w:val="00437DDB"/>
     <w:rsid w:val="00457CFA"/>
     <w:rsid w:val="004745CF"/>
     <w:rsid w:val="004953BE"/>
     <w:rsid w:val="00496152"/>
     <w:rsid w:val="004A5035"/>
     <w:rsid w:val="004C08B0"/>
     <w:rsid w:val="005D612B"/>
     <w:rsid w:val="005D6A5F"/>
     <w:rsid w:val="006514FC"/>
     <w:rsid w:val="00666F5A"/>
     <w:rsid w:val="0067791A"/>
     <w:rsid w:val="006872B0"/>
     <w:rsid w:val="006934CF"/>
     <w:rsid w:val="006D026C"/>
     <w:rsid w:val="00721C6E"/>
     <w:rsid w:val="00743DF9"/>
     <w:rsid w:val="007530F2"/>
     <w:rsid w:val="007639A7"/>
     <w:rsid w:val="0079345E"/>
     <w:rsid w:val="007C5E6A"/>
     <w:rsid w:val="007E56BE"/>
     <w:rsid w:val="007F1FD0"/>
     <w:rsid w:val="008063A4"/>
     <w:rsid w:val="008D656D"/>
+    <w:rsid w:val="008E59DB"/>
     <w:rsid w:val="00900B0F"/>
     <w:rsid w:val="00930E79"/>
     <w:rsid w:val="00932E6E"/>
     <w:rsid w:val="00960860"/>
     <w:rsid w:val="009F0CA1"/>
     <w:rsid w:val="00A17B31"/>
     <w:rsid w:val="00A47FA8"/>
     <w:rsid w:val="00A95977"/>
     <w:rsid w:val="00AB1995"/>
     <w:rsid w:val="00AB3C43"/>
     <w:rsid w:val="00B54F1B"/>
     <w:rsid w:val="00B65B7D"/>
     <w:rsid w:val="00B9048B"/>
     <w:rsid w:val="00BC2810"/>
     <w:rsid w:val="00BE38AA"/>
     <w:rsid w:val="00CB1749"/>
     <w:rsid w:val="00D7028A"/>
     <w:rsid w:val="00D74ED7"/>
     <w:rsid w:val="00D9130F"/>
     <w:rsid w:val="00DA4677"/>
     <w:rsid w:val="00DC162F"/>
     <w:rsid w:val="00DF3FDB"/>
     <w:rsid w:val="00E008A9"/>
     <w:rsid w:val="00E40BB0"/>
+    <w:rsid w:val="00E73502"/>
     <w:rsid w:val="00E85883"/>
     <w:rsid w:val="00ED61E0"/>
     <w:rsid w:val="00EF0211"/>
     <w:rsid w:val="00F95CAB"/>
     <w:rsid w:val="00FA480A"/>
     <w:rsid w:val="00FB745D"/>
     <w:rsid w:val="00FE1BB4"/>
     <w:rsid w:val="00FE58B9"/>
     <w:rsid w:val="00FF3AB8"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-FR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="061A4FFA"/>
+  <w14:docId w14:val="5E4F5CE0"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{8E0117A5-F5F0-4E04-9EED-17A35C2E4F49}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="fr-FR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
@@ -8299,56 +8236,87 @@
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="PieddepageCar">
     <w:name w:val="Pied de page Car"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:link w:val="Pieddepage"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00FA480A"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Paragraphedeliste">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00AB3C43"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Textedebulles">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="TextedebullesCar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00174AEA"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TextedebullesCar">
+    <w:name w:val="Texte de bulles Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="Textedebulles"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00174AEA"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://tice.utc.fr/moodle" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
@@ -8578,70 +8546,71 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>6</Pages>
-[...1 lines deleted...]
-  <Characters>9569</Characters>
+  <Pages>1</Pages>
+  <Words>1747</Words>
+  <Characters>9612</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>79</Lines>
+  <Lines>80</Lines>
   <Paragraphs>22</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Université de Technologie de Compiègne</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11286</CharactersWithSpaces>
+  <CharactersWithSpaces>11337</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>aleverge</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>